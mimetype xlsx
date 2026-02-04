--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -12,419 +12,839 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
   <si>
     <t>ID Setoran</t>
   </si>
   <si>
     <t>Nama Nasabah</t>
   </si>
   <si>
     <t>Email Nasabah</t>
   </si>
   <si>
     <t>Padukuhan</t>
   </si>
   <si>
     <t>Kategori Sampah</t>
   </si>
   <si>
     <t>Berat (Kg)</t>
   </si>
   <si>
     <t>Poin Didapat</t>
   </si>
   <si>
     <t>Tanggal Setor</t>
   </si>
   <si>
+    <t>Siti Nurvitasari</t>
+  </si>
+  <si>
+    <t>vitamanyar2085@gmail.com</t>
+  </si>
+  <si>
+    <t>Bogor II</t>
+  </si>
+  <si>
+    <t>Plastik - Botol Air Mineral</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:27</t>
+  </si>
+  <si>
+    <t>Seng</t>
+  </si>
+  <si>
+    <t>Besi B - Paku</t>
+  </si>
+  <si>
+    <t>Plastik - Ember Pecah</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:26</t>
+  </si>
+  <si>
+    <t>Plastik Owol - Plastik Kresek</t>
+  </si>
+  <si>
+    <t>Gogek</t>
+  </si>
+  <si>
+    <t>Duplak</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:25</t>
+  </si>
+  <si>
+    <t>Buku Coklat</t>
+  </si>
+  <si>
+    <t>Kerdus</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:24</t>
+  </si>
+  <si>
+    <t>Ari kurniawati</t>
+  </si>
+  <si>
+    <t>watiari330@gmail.com</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:23</t>
+  </si>
+  <si>
+    <t>Botol - Marjan</t>
+  </si>
+  <si>
+    <t>wulan zahra ayu</t>
+  </si>
+  <si>
+    <t>wulanayuazzahra@gmail.com</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:22</t>
+  </si>
+  <si>
+    <t>fityatun khasanah</t>
+  </si>
+  <si>
+    <t>fityatunkhasanah3@gmail.com</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:21</t>
+  </si>
+  <si>
+    <t>anisa istiqomah</t>
+  </si>
+  <si>
+    <t>anisaistiqomah481@gmail.com</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:20</t>
+  </si>
+  <si>
+    <t>Buku - HVS</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:19</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:18</t>
+  </si>
+  <si>
+    <t>Beling - Beli Kaca Bening</t>
+  </si>
+  <si>
+    <t>Sandal</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:17</t>
+  </si>
+  <si>
+    <t>Kompor/Payung</t>
+  </si>
+  <si>
+    <t>novya anggriyani dwiyansari</t>
+  </si>
+  <si>
+    <t>novyaanggriyani4@gmail.com</t>
+  </si>
+  <si>
+    <t>Plastik - Pipa</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:16</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:15</t>
+  </si>
+  <si>
+    <t>Minyak Jelantah</t>
+  </si>
+  <si>
     <t>Ika rachmawati</t>
   </si>
   <si>
     <t>ikafajarudin@gmail.com</t>
   </si>
   <si>
-    <t>Bogor II</t>
-[...2 lines deleted...]
-    <t>Plastik - Pipa</t>
+    <t>2026-01-05 17:14</t>
+  </si>
+  <si>
+    <t>Lisna andriyawati</t>
+  </si>
+  <si>
+    <t>andriyawatilisna@gmail.com</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:13</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:12</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:11</t>
+  </si>
+  <si>
+    <t>Sak Semen</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:09</t>
+  </si>
+  <si>
+    <t>2026-01-05 17:08</t>
+  </si>
+  <si>
+    <t>Atiek</t>
+  </si>
+  <si>
+    <t>atiek@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-12-05 17:07</t>
+  </si>
+  <si>
+    <t>Rini riyani</t>
+  </si>
+  <si>
+    <t>riniriani1454@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-12-05 17:06</t>
+  </si>
+  <si>
+    <t>Kaleng</t>
+  </si>
+  <si>
+    <t>2025-12-05 17:05</t>
+  </si>
+  <si>
+    <t>2025-12-05 17:04</t>
+  </si>
+  <si>
+    <t>2025-12-05 17:03</t>
+  </si>
+  <si>
+    <t>2025-12-05 17:02</t>
+  </si>
+  <si>
+    <t>2025-12-05 17:01</t>
+  </si>
+  <si>
+    <t>Murni</t>
+  </si>
+  <si>
+    <t>bunikb54@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-12-05 17:00</t>
+  </si>
+  <si>
+    <t>Wiwit Rusdiantari</t>
+  </si>
+  <si>
+    <t>rusdiantari1414@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:59</t>
+  </si>
+  <si>
+    <t>Kemiyanti</t>
+  </si>
+  <si>
+    <t>kemiyanti12@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:58</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:57</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:56</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:55</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:54</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:53</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:52</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:51</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:50</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:49</t>
+  </si>
+  <si>
+    <t>Aki</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:48</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:47</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:46</t>
+  </si>
+  <si>
+    <t>Karpet</t>
+  </si>
+  <si>
+    <t>2025-12-05 16:45</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:26</t>
+  </si>
+  <si>
+    <t>Besi A - Arit</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:25</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:24</t>
+  </si>
+  <si>
+    <t>Nium</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:23</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:22</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:21</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:20</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:19</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:18</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:17</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:16</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:15</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:14</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:13</t>
+  </si>
+  <si>
+    <t>Lamiyem</t>
+  </si>
+  <si>
+    <t>lamiyem24@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:12</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:11</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:10</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:09</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:07</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:06</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:05</t>
+  </si>
+  <si>
+    <t>Rina agustina</t>
+  </si>
+  <si>
+    <t>rinduwahyu2325@gmail.com</t>
+  </si>
+  <si>
+    <t>TV Rosok</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:04</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:03</t>
+  </si>
+  <si>
+    <t>2025-11-01 20:02</t>
+  </si>
+  <si>
+    <t>Suryatmini</t>
+  </si>
+  <si>
+    <t>minibogorplayen@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-11-01 11:03</t>
+  </si>
+  <si>
+    <t>2025-11-01 11:02</t>
+  </si>
+  <si>
+    <t>2025-11-01 11:01</t>
+  </si>
+  <si>
+    <t>2025-11-01 10:59</t>
+  </si>
+  <si>
+    <t>2025-11-01 10:58</t>
+  </si>
+  <si>
+    <t>2025-11-01 10:57</t>
+  </si>
+  <si>
+    <t>2025-11-01 10:53</t>
+  </si>
+  <si>
+    <t>2025-11-01 10:52</t>
   </si>
   <si>
     <t>2025-10-04 20:21</t>
   </si>
   <si>
-    <t>wulan zahra ayu</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-10-04 20:15</t>
   </si>
   <si>
-    <t>Botol - Marjan</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-04 20:14</t>
   </si>
   <si>
-    <t>Besi A - Arit</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-10-04 20:13</t>
   </si>
   <si>
     <t>Rachmawati</t>
   </si>
   <si>
     <t>rachmawatiika97@gmail.com</t>
   </si>
   <si>
-    <t>Minyak Jelantah</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-04 20:10</t>
   </si>
   <si>
-    <t>novya anggriyani dwiyansari</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-10-04 20:09</t>
   </si>
   <si>
-    <t>Beling - Beli Kaca Bening</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-10-04 20:08</t>
   </si>
   <si>
-    <t>Kerdus</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-04 20:07</t>
   </si>
   <si>
-    <t>Lamiyem</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-10-04 20:06</t>
   </si>
   <si>
-    <t>Plastik Owol - Plastik Kresek</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-04 20:05</t>
   </si>
   <si>
-    <t>Besi B - Paku</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-10-04 20:03</t>
   </si>
   <si>
     <t>2025-10-04 20:02</t>
   </si>
   <si>
     <t>2025-10-04 20:01</t>
   </si>
   <si>
-    <t>Sandal</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-10-04 20:00</t>
   </si>
   <si>
-    <t>Sak Semen</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-10-04 19:59</t>
   </si>
   <si>
     <t>2025-10-04 19:58</t>
   </si>
   <si>
-    <t>Siti Nurvitasari</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-10-04 19:57</t>
   </si>
   <si>
-    <t>Plastik - Ember Pecah</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-04 19:56</t>
   </si>
   <si>
     <t>2025-10-04 19:55</t>
   </si>
   <si>
     <t>2025-10-04 19:54</t>
   </si>
   <si>
-    <t>TV Rosok</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-04 19:51</t>
   </si>
   <si>
     <t>2025-10-04 19:50</t>
   </si>
   <si>
-    <t>Kaleng</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-04 19:49</t>
   </si>
   <si>
     <t>2025-10-04 19:47</t>
   </si>
   <si>
     <t>2025-10-04 19:46</t>
   </si>
   <si>
-    <t>Kompor/Payung</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-04 19:44</t>
   </si>
   <si>
     <t>2025-10-04 19:38</t>
   </si>
   <si>
-    <t>Aki</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-10-04 19:37</t>
   </si>
   <si>
-    <t>anisa istiqomah</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-10-04 19:36</t>
   </si>
   <si>
     <t>2025-10-04 19:35</t>
   </si>
   <si>
     <t>2025-10-04 19:33</t>
   </si>
   <si>
     <t>2025-10-04 19:32</t>
   </si>
   <si>
     <t>Rizal Haryaputra</t>
   </si>
   <si>
     <t>rzlhryptr@gmail.com</t>
   </si>
   <si>
     <t>Playen II</t>
   </si>
   <si>
     <t>2025-10-02 10:12</t>
   </si>
   <si>
     <t>Eni kusmiasih</t>
   </si>
   <si>
     <t>enikusmiasih04@gmail.com</t>
   </si>
   <si>
     <t>2025-09-29 15:31</t>
   </si>
   <si>
     <t>2025-09-29 13:54</t>
   </si>
   <si>
-    <t>Rina agustina</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-09-06 17:36</t>
   </si>
   <si>
-    <t>Ari kurniawati</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-09-06 17:35</t>
   </si>
   <si>
     <t>Plastik - Ale-ale, Teh Jawa, dll</t>
   </si>
   <si>
     <t>2025-09-06 14:19</t>
   </si>
   <si>
     <t>2025-09-06 14:17</t>
   </si>
   <si>
-    <t>Rini riyani</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-09-06 11:25</t>
   </si>
   <si>
     <t>2025-09-06 11:24</t>
   </si>
   <si>
     <t>2025-09-06 11:21</t>
   </si>
   <si>
     <t>2025-09-06 11:19</t>
   </si>
   <si>
     <t>2025-09-06 11:18</t>
   </si>
   <si>
     <t>2025-09-06 11:17</t>
   </si>
   <si>
     <t>2025-09-06 11:16</t>
   </si>
   <si>
     <t>suratmi</t>
   </si>
   <si>
     <t>suyadi789123@gmail.com</t>
   </si>
   <si>
     <t>2025-09-06 10:46</t>
   </si>
   <si>
-    <t>Murni</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-09-06 10:33</t>
   </si>
   <si>
     <t>2025-09-06 10:32</t>
   </si>
   <si>
     <t>2025-09-06 10:31</t>
   </si>
   <si>
     <t>2025-09-06 10:30</t>
   </si>
   <si>
     <t>2025-09-06 10:29</t>
   </si>
   <si>
     <t>2025-09-06 10:28</t>
   </si>
   <si>
     <t>2025-09-06 10:27</t>
   </si>
   <si>
     <t>2025-09-06 10:26</t>
   </si>
   <si>
     <t>2025-09-06 10:25</t>
   </si>
   <si>
     <t>2025-09-06 10:24</t>
   </si>
   <si>
     <t>2025-09-06 10:11</t>
+  </si>
+  <si>
+    <t>Titik</t>
+  </si>
+  <si>
+    <t>titik.playen2@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-08-31 17:49</t>
+  </si>
+  <si>
+    <t>Riyani</t>
+  </si>
+  <si>
+    <t>riyani0087@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:40</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:39</t>
+  </si>
+  <si>
+    <t>Besi A - Petetan Pande</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:38</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:26</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:25</t>
+  </si>
+  <si>
+    <t>Karmi</t>
+  </si>
+  <si>
+    <t>karm1playen11@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:22</t>
+  </si>
+  <si>
+    <t>Pralon</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:21</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:10</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:09</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:06</t>
+  </si>
+  <si>
+    <t>Pini</t>
+  </si>
+  <si>
+    <t>pini.playen2@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:05</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:04</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:03</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:02</t>
+  </si>
+  <si>
+    <t>2025-07-31 18:01</t>
+  </si>
+  <si>
+    <t>Retno Mekar Sari</t>
+  </si>
+  <si>
+    <t>adnavonava@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-07-31 17:59</t>
+  </si>
+  <si>
+    <t>2025-07-31 17:57</t>
+  </si>
+  <si>
+    <t>2025-07-31 17:56</t>
+  </si>
+  <si>
+    <t>2025-07-31 17:55</t>
+  </si>
+  <si>
+    <t>2025-07-31 17:54</t>
+  </si>
+  <si>
+    <t>2025-07-31 17:53</t>
+  </si>
+  <si>
+    <t>2025-07-31 17:52</t>
+  </si>
+  <si>
+    <t>2025-07-31 17:51</t>
+  </si>
+  <si>
+    <t>2025-07-31 17:49</t>
+  </si>
+  <si>
+    <t>2025-07-31 17:48</t>
+  </si>
+  <si>
+    <t>2025-07-31 17:47</t>
+  </si>
+  <si>
+    <t>Sudarwati</t>
+  </si>
+  <si>
+    <t>sudarwati07@gmail.com</t>
+  </si>
+  <si>
+    <t>Mojosari</t>
+  </si>
+  <si>
+    <t>2025-03-15 18:03</t>
+  </si>
+  <si>
+    <t>2025-03-15 18:02</t>
+  </si>
+  <si>
+    <t>2025-03-15 18:01</t>
+  </si>
+  <si>
+    <t>2025-03-15 18:00</t>
+  </si>
+  <si>
+    <t>2025-03-15 17:59</t>
+  </si>
+  <si>
+    <t>2025-03-15 17:58</t>
+  </si>
+  <si>
+    <t>Tini</t>
+  </si>
+  <si>
+    <t>tinimojosari@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-03-15 17:48</t>
+  </si>
+  <si>
+    <t>2025-03-15 17:46</t>
+  </si>
+  <si>
+    <t>2025-03-15 17:45</t>
+  </si>
+  <si>
+    <t>2025-03-15 17:44</t>
+  </si>
+  <si>
+    <t>2025-03-15 17:41</t>
+  </si>
+  <si>
+    <t>2025-03-15 17:39</t>
+  </si>
+  <si>
+    <t>2025-03-15 17:38</t>
   </si>
   <si>
     <t>Total Poin:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -741,2383 +1161,7557 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H91"/>
+  <dimension ref="A1:H290"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F91" sqref="F91:G91"/>
+      <selection activeCell="F290" sqref="F290:G290"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>106</v>
+        <v>309</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2">
-        <v>10.0</v>
+        <v>3.6</v>
       </c>
       <c r="G2">
-        <v>14000</v>
+        <v>5400</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>105</v>
+        <v>310</v>
       </c>
       <c r="B3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
         <v>13</v>
       </c>
-      <c r="C3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F3">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
       <c r="G3">
-        <v>4500</v>
+        <v>10000</v>
       </c>
       <c r="H3" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>104</v>
+        <v>311</v>
       </c>
       <c r="B4" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4">
-        <v>4.0</v>
+        <v>2.5</v>
       </c>
       <c r="G4">
-        <v>400</v>
+        <v>7500</v>
       </c>
       <c r="H4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>103</v>
+        <v>306</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F5">
-        <v>2.5</v>
+        <v>4.5</v>
       </c>
       <c r="G5">
-        <v>8000</v>
+        <v>2250</v>
       </c>
       <c r="H5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>102</v>
+        <v>307</v>
       </c>
       <c r="B6" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F6">
-        <v>1.6</v>
+        <v>1.7</v>
       </c>
       <c r="G6">
-        <v>17600</v>
+        <v>510</v>
       </c>
       <c r="H6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>101</v>
+        <v>308</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F7">
-        <v>13.0</v>
+        <v>2.8</v>
       </c>
       <c r="G7">
-        <v>78000</v>
+        <v>9800</v>
       </c>
       <c r="H7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>100</v>
+        <v>304</v>
       </c>
       <c r="B8" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F8">
-        <v>1.1</v>
+        <v>2.3</v>
       </c>
       <c r="G8">
-        <v>6600</v>
+        <v>1150</v>
       </c>
       <c r="H8" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>99</v>
+        <v>305</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F9">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="G9">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="H9" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>97</v>
+        <v>302</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="F10">
-        <v>9.0</v>
+        <v>7.5</v>
       </c>
       <c r="G10">
-        <v>9000</v>
+        <v>12750</v>
       </c>
       <c r="H10" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>98</v>
+        <v>303</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F11">
-        <v>6.0</v>
+        <v>24.0</v>
       </c>
       <c r="G11">
-        <v>600</v>
+        <v>24000</v>
       </c>
       <c r="H11" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>96</v>
+        <v>299</v>
       </c>
       <c r="B12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" t="s">
+        <v>25</v>
+      </c>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12">
+        <v>3.1</v>
+      </c>
+      <c r="G12">
+        <v>4650</v>
+      </c>
+      <c r="H12" t="s">
         <v>26</v>
-      </c>
-[...16 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>95</v>
+        <v>300</v>
       </c>
       <c r="B13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13">
+        <v>1.2</v>
+      </c>
+      <c r="G13">
+        <v>600</v>
+      </c>
+      <c r="H13" t="s">
         <v>26</v>
-      </c>
-[...16 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
-        <v>94</v>
+        <v>301</v>
       </c>
       <c r="B14" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F14">
-        <v>15.0</v>
+        <v>45.0</v>
       </c>
       <c r="G14">
-        <v>25500</v>
+        <v>4500</v>
       </c>
       <c r="H14" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
-        <v>93</v>
+        <v>298</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F15">
-        <v>17.0</v>
+        <v>3.0</v>
       </c>
       <c r="G15">
-        <v>25500</v>
+        <v>4500</v>
       </c>
       <c r="H15" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
-        <v>92</v>
+        <v>295</v>
       </c>
       <c r="B16" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F16">
-        <v>0.7</v>
+        <v>3.3</v>
       </c>
       <c r="G16">
-        <v>210</v>
+        <v>1650</v>
       </c>
       <c r="H16" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
-        <v>91</v>
+        <v>296</v>
       </c>
       <c r="B17" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="F17">
-        <v>4.5</v>
+        <v>0.4</v>
       </c>
       <c r="G17">
-        <v>13500</v>
+        <v>120</v>
       </c>
       <c r="H17" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
-        <v>90</v>
+        <v>297</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F18">
-        <v>6.0</v>
+        <v>0.9</v>
       </c>
       <c r="G18">
-        <v>600</v>
+        <v>1350</v>
       </c>
       <c r="H18" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
-        <v>88</v>
+        <v>291</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F19">
-        <v>2.3</v>
+        <v>3.9</v>
       </c>
       <c r="G19">
-        <v>3449</v>
+        <v>6630</v>
       </c>
       <c r="H19" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
-        <v>87</v>
+        <v>292</v>
       </c>
       <c r="B20" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="F20">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="G20">
-        <v>300</v>
+        <v>11900</v>
       </c>
       <c r="H20" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
-        <v>86</v>
+        <v>293</v>
       </c>
       <c r="B21" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F21">
-        <v>3.5</v>
+        <v>11.9</v>
       </c>
       <c r="G21">
-        <v>10500</v>
+        <v>17850</v>
       </c>
       <c r="H21" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
-        <v>84</v>
+        <v>294</v>
       </c>
       <c r="B22" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="C22" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F22">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="G22">
-        <v>5100</v>
+        <v>2000</v>
       </c>
       <c r="H22" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
-        <v>85</v>
+        <v>289</v>
       </c>
       <c r="B23" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="C23" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F23">
-        <v>1.5</v>
+        <v>2.8</v>
       </c>
       <c r="G23">
-        <v>750</v>
+        <v>4200</v>
       </c>
       <c r="H23" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
-        <v>83</v>
+        <v>290</v>
       </c>
       <c r="B24" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="C24" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="F24">
-        <v>2.5</v>
+        <v>0.1</v>
       </c>
       <c r="G24">
-        <v>1250</v>
+        <v>100</v>
       </c>
       <c r="H24" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
-        <v>82</v>
+        <v>286</v>
       </c>
       <c r="B25" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="C25" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="F25">
-        <v>5.0</v>
+        <v>2.7</v>
       </c>
       <c r="G25">
-        <v>1500</v>
+        <v>1350</v>
       </c>
       <c r="H25" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
-        <v>81</v>
+        <v>287</v>
       </c>
       <c r="B26" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="C26" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F26">
-        <v>3.0</v>
+        <v>0.1</v>
       </c>
       <c r="G26">
-        <v>900</v>
+        <v>50</v>
       </c>
       <c r="H26" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
-        <v>80</v>
+        <v>288</v>
       </c>
       <c r="B27" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="C27" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="F27">
-        <v>4.0</v>
+        <v>1.5</v>
       </c>
       <c r="G27">
-        <v>6000</v>
+        <v>150</v>
       </c>
       <c r="H27" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
-        <v>79</v>
+        <v>284</v>
       </c>
       <c r="B28" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="C28" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F28">
-        <v>2.0</v>
+        <v>1.7</v>
       </c>
       <c r="G28">
-        <v>600</v>
+        <v>850</v>
       </c>
       <c r="H28" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
-        <v>78</v>
+        <v>285</v>
       </c>
       <c r="B29" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="C29" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="F29">
-        <v>1.2</v>
+        <v>2.3</v>
       </c>
       <c r="G29">
-        <v>120</v>
+        <v>3449</v>
       </c>
       <c r="H29" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
-        <v>77</v>
+        <v>283</v>
       </c>
       <c r="B30" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C30" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>46</v>
       </c>
       <c r="F30">
-        <v>3.2</v>
+        <v>0.6</v>
       </c>
       <c r="G30">
-        <v>1600</v>
+        <v>840</v>
       </c>
       <c r="H30" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
-        <v>75</v>
+        <v>280</v>
       </c>
       <c r="B31" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C31" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="F31">
-        <v>2.0</v>
+        <v>2.5</v>
       </c>
       <c r="G31">
-        <v>6000</v>
+        <v>3750</v>
       </c>
       <c r="H31" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
-        <v>76</v>
+        <v>281</v>
       </c>
       <c r="B32" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C32" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F32">
-        <v>5.4</v>
+        <v>1.5</v>
       </c>
       <c r="G32">
-        <v>9180</v>
+        <v>750</v>
       </c>
       <c r="H32" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
-        <v>74</v>
+        <v>282</v>
       </c>
       <c r="B33" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="F33">
-        <v>1.5</v>
+        <v>0.4</v>
       </c>
       <c r="G33">
-        <v>750</v>
+        <v>2400</v>
       </c>
       <c r="H33" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
-        <v>73</v>
+        <v>279</v>
       </c>
       <c r="B34" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C34" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="F34">
-        <v>1.6</v>
+        <v>5.2</v>
       </c>
       <c r="G34">
-        <v>2720</v>
+        <v>31200</v>
       </c>
       <c r="H34" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
-        <v>72</v>
+        <v>276</v>
       </c>
       <c r="B35" t="s">
         <v>53</v>
       </c>
       <c r="C35" t="s">
         <v>54</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>46</v>
       </c>
       <c r="F35">
-        <v>1.2</v>
+        <v>1.0</v>
       </c>
       <c r="G35">
-        <v>600</v>
+        <v>1400</v>
       </c>
       <c r="H35" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
-        <v>71</v>
+        <v>277</v>
       </c>
       <c r="B36" t="s">
         <v>53</v>
       </c>
       <c r="C36" t="s">
         <v>54</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="F36">
-        <v>4.0</v>
+        <v>12.9</v>
       </c>
       <c r="G36">
-        <v>2000</v>
+        <v>21930</v>
       </c>
       <c r="H36" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
-        <v>70</v>
+        <v>274</v>
       </c>
       <c r="B37" t="s">
         <v>53</v>
       </c>
       <c r="C37" t="s">
         <v>54</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F37">
-        <v>4.0</v>
+        <v>0.5</v>
       </c>
       <c r="G37">
-        <v>6000</v>
+        <v>150</v>
       </c>
       <c r="H37" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
-        <v>68</v>
+        <v>275</v>
       </c>
       <c r="B38" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C38" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="F38">
-        <v>1.0</v>
+        <v>0.3</v>
       </c>
       <c r="G38">
-        <v>10000</v>
+        <v>450</v>
       </c>
       <c r="H38" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
-        <v>67</v>
+        <v>272</v>
       </c>
       <c r="B39" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C39" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F39">
-        <v>3.0</v>
+        <v>4.5</v>
       </c>
       <c r="G39">
-        <v>18000</v>
+        <v>15750</v>
       </c>
       <c r="H39" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
-        <v>66</v>
+        <v>273</v>
       </c>
       <c r="B40" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C40" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="F40">
-        <v>0.5</v>
+        <v>5.0</v>
       </c>
       <c r="G40">
         <v>1500</v>
       </c>
       <c r="H40" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
-        <v>65</v>
+        <v>269</v>
       </c>
       <c r="B41" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C41" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="F41">
-        <v>0.5</v>
+        <v>5.0</v>
       </c>
       <c r="G41">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="H41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
-        <v>64</v>
+        <v>270</v>
       </c>
       <c r="B42" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C42" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="F42">
-        <v>2.5</v>
+        <v>1.4</v>
       </c>
       <c r="G42">
-        <v>3437</v>
+        <v>8400</v>
       </c>
       <c r="H42" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
-        <v>62</v>
+        <v>271</v>
       </c>
       <c r="B43" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C43" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F43">
-        <v>7.0</v>
+        <v>1.5</v>
       </c>
       <c r="G43">
-        <v>7000</v>
+        <v>750</v>
       </c>
       <c r="H43" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
-        <v>63</v>
+        <v>268</v>
       </c>
       <c r="B44" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C44" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="F44">
-        <v>3.8</v>
+        <v>2.9</v>
       </c>
       <c r="G44">
-        <v>5700</v>
+        <v>290</v>
       </c>
       <c r="H44" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
+        <v>267</v>
+      </c>
+      <c r="B45" t="s">
         <v>61</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="F45">
-        <v>1.0</v>
+        <v>0.2</v>
       </c>
       <c r="G45">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="H45" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
-        <v>59</v>
+        <v>265</v>
       </c>
       <c r="B46" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="C46" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F46">
-        <v>6.9</v>
+        <v>3.7</v>
       </c>
       <c r="G46">
-        <v>22770</v>
+        <v>1850</v>
       </c>
       <c r="H46" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
-        <v>57</v>
+        <v>266</v>
       </c>
       <c r="B47" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="C47" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="F47">
-        <v>1.5</v>
+        <v>1.2</v>
       </c>
       <c r="G47">
-        <v>2250</v>
+        <v>360</v>
       </c>
       <c r="H47" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
-        <v>55</v>
+        <v>263</v>
       </c>
       <c r="B48" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="C48" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="F48">
-        <v>1.0</v>
+        <v>0.7</v>
       </c>
       <c r="G48">
-        <v>100</v>
+        <v>962</v>
       </c>
       <c r="H48" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
-        <v>54</v>
+        <v>264</v>
       </c>
       <c r="B49" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="C49" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F49">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="G49">
-        <v>200</v>
+        <v>2100</v>
       </c>
       <c r="H49" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
-        <v>53</v>
+        <v>260</v>
       </c>
       <c r="B50" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="C50" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="F50">
-        <v>0.14</v>
+        <v>2.0</v>
       </c>
       <c r="G50">
-        <v>14000</v>
+        <v>200</v>
       </c>
       <c r="H50" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
-        <v>52</v>
+        <v>261</v>
       </c>
       <c r="B51" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="C51" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="F51">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
       <c r="G51">
-        <v>11900</v>
+        <v>12000</v>
       </c>
       <c r="H51" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
-        <v>51</v>
+        <v>262</v>
       </c>
       <c r="B52" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="C52" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="F52">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="G52">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="H52" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
-        <v>50</v>
+        <v>259</v>
       </c>
       <c r="B53" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="C53" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
-        <v>76</v>
+        <v>19</v>
       </c>
       <c r="F53">
-        <v>0.2</v>
+        <v>1.5</v>
       </c>
       <c r="G53">
-        <v>200</v>
+        <v>750</v>
       </c>
       <c r="H53" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
-        <v>49</v>
+        <v>257</v>
       </c>
       <c r="B54" t="s">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="F54">
-        <v>1.0</v>
+        <v>1.7</v>
       </c>
       <c r="G54">
-        <v>500</v>
+        <v>2890</v>
       </c>
       <c r="H54" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
-        <v>48</v>
+        <v>258</v>
       </c>
       <c r="B55" t="s">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F55">
-        <v>5.1</v>
+        <v>0.1</v>
       </c>
       <c r="G55">
-        <v>7649</v>
+        <v>30</v>
       </c>
       <c r="H55" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
-        <v>47</v>
+        <v>255</v>
       </c>
       <c r="B56" t="s">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="F56">
-        <v>0.8</v>
+        <v>2.2</v>
       </c>
       <c r="G56">
-        <v>400</v>
+        <v>1100</v>
       </c>
       <c r="H56" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
-        <v>46</v>
+        <v>256</v>
       </c>
       <c r="B57" t="s">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="F57">
-        <v>6.7</v>
+        <v>3.0</v>
       </c>
       <c r="G57">
-        <v>11390</v>
+        <v>4500</v>
       </c>
       <c r="H57" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
-        <v>45</v>
+        <v>252</v>
       </c>
       <c r="B58" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="C58" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="D58" t="s">
-        <v>83</v>
+        <v>10</v>
       </c>
       <c r="E58" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="F58">
-        <v>5.0</v>
+        <v>2.7</v>
       </c>
       <c r="G58">
-        <v>25000</v>
+        <v>4050</v>
       </c>
       <c r="H58" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
-        <v>19</v>
+        <v>253</v>
       </c>
       <c r="B59" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="C59" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="D59" t="s">
-        <v>83</v>
+        <v>10</v>
       </c>
       <c r="E59" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="F59">
-        <v>2.5</v>
+        <v>1.9</v>
       </c>
       <c r="G59">
-        <v>12500</v>
+        <v>2850</v>
       </c>
       <c r="H59" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
-        <v>17</v>
+        <v>254</v>
       </c>
       <c r="B60" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C60" t="s">
+        <v>77</v>
+      </c>
+      <c r="D60" t="s">
+        <v>10</v>
+      </c>
+      <c r="E60" t="s">
+        <v>67</v>
+      </c>
+      <c r="F60">
+        <v>0.9</v>
+      </c>
+      <c r="G60">
+        <v>1237</v>
+      </c>
+      <c r="H60" t="s">
         <v>75</v>
-      </c>
-[...13 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
-        <v>14</v>
+        <v>250</v>
       </c>
       <c r="B61" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="C61" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>19</v>
       </c>
       <c r="F61">
-        <v>10.0</v>
+        <v>2.0</v>
       </c>
       <c r="G61">
-        <v>32000</v>
+        <v>1000</v>
       </c>
       <c r="H61" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
-        <v>12</v>
+        <v>251</v>
       </c>
       <c r="B62" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
       <c r="C62" t="s">
-        <v>93</v>
+        <v>74</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="F62">
-        <v>1.0</v>
+        <v>1.3</v>
       </c>
       <c r="G62">
-        <v>3000</v>
+        <v>390</v>
       </c>
       <c r="H62" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
-        <v>13</v>
+        <v>249</v>
       </c>
       <c r="B63" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="C63" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
-        <v>95</v>
+        <v>49</v>
       </c>
       <c r="F63">
-        <v>0.3</v>
+        <v>2.2</v>
       </c>
       <c r="G63">
-        <v>450</v>
+        <v>13200</v>
       </c>
       <c r="H63" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
-        <v>7</v>
+        <v>246</v>
       </c>
       <c r="B64" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="C64" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="F64">
-        <v>20.5</v>
+        <v>4.0</v>
       </c>
       <c r="G64">
-        <v>34850</v>
+        <v>6800</v>
       </c>
       <c r="H64" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
-        <v>6</v>
+        <v>247</v>
       </c>
       <c r="B65" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="C65" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="F65">
-        <v>1.9</v>
+        <v>0.9</v>
       </c>
       <c r="G65">
-        <v>2850</v>
+        <v>450</v>
       </c>
       <c r="H65" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
-        <v>44</v>
+        <v>248</v>
       </c>
       <c r="B66" t="s">
-        <v>98</v>
+        <v>79</v>
       </c>
       <c r="C66" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F66">
-        <v>2.4</v>
+        <v>0.5</v>
       </c>
       <c r="G66">
-        <v>3600</v>
+        <v>500</v>
       </c>
       <c r="H66" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
-        <v>43</v>
+        <v>244</v>
       </c>
       <c r="B67" t="s">
-        <v>98</v>
+        <v>79</v>
       </c>
       <c r="C67" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="F67">
-        <v>2.4</v>
+        <v>33.0</v>
       </c>
       <c r="G67">
-        <v>14400</v>
+        <v>16500</v>
       </c>
       <c r="H67" t="s">
-        <v>101</v>
+        <v>83</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
-        <v>41</v>
+        <v>245</v>
       </c>
       <c r="B68" t="s">
-        <v>98</v>
+        <v>79</v>
       </c>
       <c r="C68" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="F68">
-        <v>0.5</v>
+        <v>2.0</v>
       </c>
       <c r="G68">
-        <v>5500</v>
+        <v>2750</v>
       </c>
       <c r="H68" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
-        <v>40</v>
+        <v>242</v>
       </c>
       <c r="B69" t="s">
-        <v>40</v>
+        <v>79</v>
       </c>
       <c r="C69" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F69">
-        <v>0.5</v>
+        <v>3.2</v>
       </c>
       <c r="G69">
-        <v>5500</v>
+        <v>4800</v>
       </c>
       <c r="H69" t="s">
-        <v>103</v>
+        <v>84</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
-        <v>39</v>
+        <v>243</v>
       </c>
       <c r="B70" t="s">
-        <v>40</v>
+        <v>79</v>
       </c>
       <c r="C70" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="F70">
-        <v>0.8</v>
+        <v>0.4</v>
       </c>
       <c r="G70">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="H70" t="s">
-        <v>104</v>
+        <v>84</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>37</v>
+        <v>239</v>
       </c>
       <c r="B71" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="C71" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
       <c r="F71">
-        <v>2.2</v>
+        <v>1.5</v>
       </c>
       <c r="G71">
-        <v>3025</v>
+        <v>750</v>
       </c>
       <c r="H71" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>38</v>
+        <v>240</v>
       </c>
       <c r="B72" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="C72" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="F72">
-        <v>1.0</v>
+        <v>7.5</v>
       </c>
       <c r="G72">
-        <v>1000</v>
+        <v>45000</v>
       </c>
       <c r="H72" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>36</v>
+        <v>241</v>
       </c>
       <c r="B73" t="s">
-        <v>40</v>
+        <v>79</v>
       </c>
       <c r="C73" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F73">
-        <v>6.0</v>
+        <v>12.4</v>
       </c>
       <c r="G73">
-        <v>9000</v>
+        <v>37200</v>
       </c>
       <c r="H73" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>35</v>
+        <v>237</v>
       </c>
       <c r="B74" t="s">
-        <v>107</v>
+        <v>50</v>
       </c>
       <c r="C74" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F74">
-        <v>2.8</v>
+        <v>0.8</v>
       </c>
       <c r="G74">
-        <v>840</v>
+        <v>400</v>
       </c>
       <c r="H74" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>34</v>
+        <v>238</v>
       </c>
       <c r="B75" t="s">
-        <v>107</v>
+        <v>50</v>
       </c>
       <c r="C75" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F75">
-        <v>2.8</v>
+        <v>1.1</v>
       </c>
       <c r="G75">
-        <v>4200</v>
+        <v>1650</v>
       </c>
       <c r="H75" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>33</v>
+        <v>235</v>
       </c>
       <c r="B76" t="s">
-        <v>110</v>
+        <v>53</v>
       </c>
       <c r="C76" t="s">
-        <v>111</v>
+        <v>54</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F76">
-        <v>13.2</v>
+        <v>0.2</v>
       </c>
       <c r="G76">
-        <v>13200</v>
+        <v>100</v>
       </c>
       <c r="H76" t="s">
-        <v>112</v>
+        <v>87</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>32</v>
+        <v>236</v>
       </c>
       <c r="B77" t="s">
-        <v>110</v>
+        <v>53</v>
       </c>
       <c r="C77" t="s">
-        <v>111</v>
+        <v>54</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="F77">
-        <v>3.7</v>
+        <v>2.0</v>
       </c>
       <c r="G77">
-        <v>1850</v>
+        <v>3000</v>
       </c>
       <c r="H77" t="s">
-        <v>113</v>
+        <v>87</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>30</v>
+        <v>232</v>
       </c>
       <c r="B78" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C78" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F78">
-        <v>1.0</v>
+        <v>8.0</v>
       </c>
       <c r="G78">
-        <v>11000</v>
+        <v>13600</v>
       </c>
       <c r="H78" t="s">
-        <v>114</v>
+        <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>31</v>
+        <v>233</v>
       </c>
       <c r="B79" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C79" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F79">
         <v>4.0</v>
       </c>
       <c r="G79">
-        <v>12800</v>
+        <v>4000</v>
       </c>
       <c r="H79" t="s">
-        <v>114</v>
+        <v>88</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>29</v>
+        <v>234</v>
       </c>
       <c r="B80" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C80" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="F80">
-        <v>1.9</v>
+        <v>1.4</v>
       </c>
       <c r="G80">
-        <v>950</v>
+        <v>420</v>
       </c>
       <c r="H80" t="s">
-        <v>115</v>
+        <v>88</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>27</v>
+        <v>231</v>
       </c>
       <c r="B81" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="C81" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="F81">
-        <v>1.6</v>
+        <v>16.0</v>
       </c>
       <c r="G81">
-        <v>800</v>
+        <v>4800</v>
       </c>
       <c r="H81" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>28</v>
+        <v>229</v>
       </c>
       <c r="B82" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="C82" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F82">
-        <v>0.3</v>
+        <v>8.0</v>
       </c>
       <c r="G82">
+        <v>4000</v>
+      </c>
+      <c r="H82" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>25</v>
+        <v>230</v>
       </c>
       <c r="B83" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="C83" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F83">
-        <v>0.5</v>
+        <v>2.0</v>
       </c>
       <c r="G83">
-        <v>5500</v>
+        <v>600</v>
       </c>
       <c r="H83" t="s">
-        <v>117</v>
+        <v>90</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>26</v>
+        <v>228</v>
       </c>
       <c r="B84" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="C84" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
-        <v>19</v>
+        <v>91</v>
       </c>
       <c r="F84">
-        <v>1.3</v>
+        <v>0.15</v>
       </c>
       <c r="G84">
-        <v>4160</v>
+        <v>15000</v>
       </c>
       <c r="H84" t="s">
-        <v>117</v>
+        <v>92</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>24</v>
+        <v>224</v>
       </c>
       <c r="B85" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="C85" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F85">
-        <v>2.3</v>
+        <v>8.5</v>
       </c>
       <c r="G85">
-        <v>3909</v>
+        <v>4250</v>
       </c>
       <c r="H85" t="s">
-        <v>118</v>
+        <v>93</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>23</v>
+        <v>225</v>
       </c>
       <c r="B86" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="C86" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F86">
-        <v>0.4</v>
+        <v>3.0</v>
       </c>
       <c r="G86">
-        <v>40</v>
+        <v>3000</v>
       </c>
       <c r="H86" t="s">
-        <v>119</v>
+        <v>93</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>22</v>
+        <v>226</v>
       </c>
       <c r="B87" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="C87" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="F87">
-        <v>3.3</v>
+        <v>3.0</v>
       </c>
       <c r="G87">
-        <v>4950</v>
+        <v>300</v>
       </c>
       <c r="H87" t="s">
-        <v>120</v>
+        <v>93</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>21</v>
+        <v>223</v>
       </c>
       <c r="B88" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="C88" t="s">
-        <v>75</v>
+        <v>32</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F88">
-        <v>1.3</v>
+        <v>13.5</v>
       </c>
       <c r="G88">
-        <v>650</v>
+        <v>20250</v>
       </c>
       <c r="H88" t="s">
-        <v>121</v>
+        <v>94</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
+        <v>220</v>
+      </c>
+      <c r="B89" t="s">
+        <v>31</v>
+      </c>
+      <c r="C89" t="s">
+        <v>32</v>
+      </c>
+      <c r="D89" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" t="s">
+        <v>95</v>
+      </c>
+      <c r="F89">
+        <v>17.6</v>
+      </c>
+      <c r="G89">
+        <v>8800</v>
+      </c>
+      <c r="H89" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90">
+        <v>221</v>
+      </c>
+      <c r="B90" t="s">
+        <v>31</v>
+      </c>
+      <c r="C90" t="s">
+        <v>32</v>
+      </c>
+      <c r="D90" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" t="s">
+        <v>11</v>
+      </c>
+      <c r="F90">
+        <v>9.5</v>
+      </c>
+      <c r="G90">
+        <v>14250</v>
+      </c>
+      <c r="H90" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91">
+        <v>222</v>
+      </c>
+      <c r="B91" t="s">
+        <v>31</v>
+      </c>
+      <c r="C91" t="s">
+        <v>32</v>
+      </c>
+      <c r="D91" t="s">
+        <v>10</v>
+      </c>
+      <c r="E91" t="s">
+        <v>22</v>
+      </c>
+      <c r="F91">
+        <v>20.5</v>
+      </c>
+      <c r="G91">
+        <v>34850</v>
+      </c>
+      <c r="H91" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92">
+        <v>150</v>
+      </c>
+      <c r="B92" t="s">
+        <v>8</v>
+      </c>
+      <c r="C92" t="s">
+        <v>9</v>
+      </c>
+      <c r="D92" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" t="s">
+        <v>19</v>
+      </c>
+      <c r="F92">
+        <v>0.7</v>
+      </c>
+      <c r="G92">
+        <v>350</v>
+      </c>
+      <c r="H92" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93">
+        <v>148</v>
+      </c>
+      <c r="B93" t="s">
+        <v>8</v>
+      </c>
+      <c r="C93" t="s">
+        <v>9</v>
+      </c>
+      <c r="D93" t="s">
+        <v>10</v>
+      </c>
+      <c r="E93" t="s">
+        <v>98</v>
+      </c>
+      <c r="F93">
+        <v>12.1</v>
+      </c>
+      <c r="G93">
+        <v>38720</v>
+      </c>
+      <c r="H93" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94">
+        <v>149</v>
+      </c>
+      <c r="B94" t="s">
+        <v>8</v>
+      </c>
+      <c r="C94" t="s">
+        <v>9</v>
+      </c>
+      <c r="D94" t="s">
+        <v>10</v>
+      </c>
+      <c r="E94" t="s">
+        <v>22</v>
+      </c>
+      <c r="F94">
+        <v>2.0</v>
+      </c>
+      <c r="G94">
+        <v>3400</v>
+      </c>
+      <c r="H94" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95">
+        <v>147</v>
+      </c>
+      <c r="B95" t="s">
+        <v>8</v>
+      </c>
+      <c r="C95" t="s">
+        <v>9</v>
+      </c>
+      <c r="D95" t="s">
+        <v>10</v>
+      </c>
+      <c r="E95" t="s">
+        <v>11</v>
+      </c>
+      <c r="F95">
+        <v>3.0</v>
+      </c>
+      <c r="G95">
+        <v>4500</v>
+      </c>
+      <c r="H95" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96">
+        <v>146</v>
+      </c>
+      <c r="B96" t="s">
+        <v>76</v>
+      </c>
+      <c r="C96" t="s">
+        <v>77</v>
+      </c>
+      <c r="D96" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" t="s">
+        <v>101</v>
+      </c>
+      <c r="F96">
+        <v>0.2</v>
+      </c>
+      <c r="G96">
+        <v>2000</v>
+      </c>
+      <c r="H96" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97">
+        <v>145</v>
+      </c>
+      <c r="B97" t="s">
+        <v>76</v>
+      </c>
+      <c r="C97" t="s">
+        <v>77</v>
+      </c>
+      <c r="D97" t="s">
+        <v>10</v>
+      </c>
+      <c r="E97" t="s">
+        <v>67</v>
+      </c>
+      <c r="F97">
+        <v>0.4</v>
+      </c>
+      <c r="G97">
+        <v>550</v>
+      </c>
+      <c r="H97" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98">
+        <v>144</v>
+      </c>
+      <c r="B98" t="s">
+        <v>76</v>
+      </c>
+      <c r="C98" t="s">
+        <v>77</v>
+      </c>
+      <c r="D98" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" t="s">
+        <v>11</v>
+      </c>
+      <c r="F98">
+        <v>2.7</v>
+      </c>
+      <c r="G98">
+        <v>4050</v>
+      </c>
+      <c r="H98" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99">
+        <v>141</v>
+      </c>
+      <c r="B99" t="s">
+        <v>76</v>
+      </c>
+      <c r="C99" t="s">
+        <v>77</v>
+      </c>
+      <c r="D99" t="s">
+        <v>10</v>
+      </c>
+      <c r="E99" t="s">
+        <v>37</v>
+      </c>
+      <c r="F99">
+        <v>17.0</v>
+      </c>
+      <c r="G99">
+        <v>25500</v>
+      </c>
+      <c r="H99" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100">
+        <v>142</v>
+      </c>
+      <c r="B100" t="s">
+        <v>76</v>
+      </c>
+      <c r="C100" t="s">
+        <v>77</v>
+      </c>
+      <c r="D100" t="s">
+        <v>10</v>
+      </c>
+      <c r="E100" t="s">
+        <v>19</v>
+      </c>
+      <c r="F100">
+        <v>2.0</v>
+      </c>
+      <c r="G100">
+        <v>1000</v>
+      </c>
+      <c r="H100" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101">
+        <v>143</v>
+      </c>
+      <c r="B101" t="s">
+        <v>76</v>
+      </c>
+      <c r="C101" t="s">
+        <v>77</v>
+      </c>
+      <c r="D101" t="s">
+        <v>10</v>
+      </c>
+      <c r="E101" t="s">
+        <v>21</v>
+      </c>
+      <c r="F101">
+        <v>18.4</v>
+      </c>
+      <c r="G101">
+        <v>18400</v>
+      </c>
+      <c r="H101" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102">
+        <v>140</v>
+      </c>
+      <c r="B102" t="s">
+        <v>73</v>
+      </c>
+      <c r="C102" t="s">
+        <v>74</v>
+      </c>
+      <c r="D102" t="s">
+        <v>10</v>
+      </c>
+      <c r="E102" t="s">
+        <v>98</v>
+      </c>
+      <c r="F102">
+        <v>3.5</v>
+      </c>
+      <c r="G102">
+        <v>11200</v>
+      </c>
+      <c r="H102" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103">
+        <v>138</v>
+      </c>
+      <c r="B103" t="s">
+        <v>50</v>
+      </c>
+      <c r="C103" t="s">
+        <v>51</v>
+      </c>
+      <c r="D103" t="s">
+        <v>10</v>
+      </c>
+      <c r="E103" t="s">
+        <v>40</v>
+      </c>
+      <c r="F103">
+        <v>3.5</v>
+      </c>
+      <c r="G103">
+        <v>350</v>
+      </c>
+      <c r="H103" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104">
+        <v>139</v>
+      </c>
+      <c r="B104" t="s">
+        <v>73</v>
+      </c>
+      <c r="C104" t="s">
+        <v>74</v>
+      </c>
+      <c r="D104" t="s">
+        <v>10</v>
+      </c>
+      <c r="E104" t="s">
+        <v>46</v>
+      </c>
+      <c r="F104">
+        <v>2.8</v>
+      </c>
+      <c r="G104">
+        <v>3919</v>
+      </c>
+      <c r="H104" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105">
+        <v>135</v>
+      </c>
+      <c r="B105" t="s">
+        <v>50</v>
+      </c>
+      <c r="C105" t="s">
+        <v>51</v>
+      </c>
+      <c r="D105" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" t="s">
+        <v>67</v>
+      </c>
+      <c r="F105">
+        <v>2.2</v>
+      </c>
+      <c r="G105">
+        <v>3025</v>
+      </c>
+      <c r="H105" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106">
+        <v>136</v>
+      </c>
+      <c r="B106" t="s">
+        <v>50</v>
+      </c>
+      <c r="C106" t="s">
+        <v>51</v>
+      </c>
+      <c r="D106" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" t="s">
+        <v>41</v>
+      </c>
+      <c r="F106">
+        <v>3.0</v>
+      </c>
+      <c r="G106">
+        <v>1500</v>
+      </c>
+      <c r="H106" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107">
+        <v>137</v>
+      </c>
+      <c r="B107" t="s">
+        <v>50</v>
+      </c>
+      <c r="C107" t="s">
+        <v>51</v>
+      </c>
+      <c r="D107" t="s">
+        <v>10</v>
+      </c>
+      <c r="E107" t="s">
+        <v>27</v>
+      </c>
+      <c r="F107">
+        <v>1.0</v>
+      </c>
+      <c r="G107">
+        <v>100</v>
+      </c>
+      <c r="H107" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108">
+        <v>133</v>
+      </c>
+      <c r="B108" t="s">
+        <v>50</v>
+      </c>
+      <c r="C108" t="s">
+        <v>51</v>
+      </c>
+      <c r="D108" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108" t="s">
+        <v>13</v>
+      </c>
+      <c r="F108">
+        <v>2.3</v>
+      </c>
+      <c r="G108">
+        <v>2300</v>
+      </c>
+      <c r="H108" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109">
+        <v>134</v>
+      </c>
+      <c r="B109" t="s">
+        <v>50</v>
+      </c>
+      <c r="C109" t="s">
+        <v>51</v>
+      </c>
+      <c r="D109" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" t="s">
+        <v>15</v>
+      </c>
+      <c r="F109">
+        <v>2.0</v>
+      </c>
+      <c r="G109">
+        <v>1000</v>
+      </c>
+      <c r="H109" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110">
+        <v>130</v>
+      </c>
+      <c r="B110" t="s">
+        <v>50</v>
+      </c>
+      <c r="C110" t="s">
+        <v>51</v>
+      </c>
+      <c r="D110" t="s">
+        <v>10</v>
+      </c>
+      <c r="E110" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110">
+        <v>9.6</v>
+      </c>
+      <c r="G110">
+        <v>28800</v>
+      </c>
+      <c r="H110" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111">
+        <v>131</v>
+      </c>
+      <c r="B111" t="s">
+        <v>50</v>
+      </c>
+      <c r="C111" t="s">
+        <v>51</v>
+      </c>
+      <c r="D111" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" t="s">
+        <v>22</v>
+      </c>
+      <c r="F111">
+        <v>3.5</v>
+      </c>
+      <c r="G111">
+        <v>5950</v>
+      </c>
+      <c r="H111" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112">
+        <v>132</v>
+      </c>
+      <c r="B112" t="s">
+        <v>50</v>
+      </c>
+      <c r="C112" t="s">
+        <v>51</v>
+      </c>
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" t="s">
+        <v>98</v>
+      </c>
+      <c r="F112">
+        <v>3.0</v>
+      </c>
+      <c r="G112">
+        <v>9600</v>
+      </c>
+      <c r="H112" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113">
+        <v>128</v>
+      </c>
+      <c r="B113" t="s">
+        <v>50</v>
+      </c>
+      <c r="C113" t="s">
+        <v>51</v>
+      </c>
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113" t="s">
+        <v>49</v>
+      </c>
+      <c r="F113">
+        <v>4.0</v>
+      </c>
+      <c r="G113">
+        <v>24000</v>
+      </c>
+      <c r="H113" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114">
+        <v>129</v>
+      </c>
+      <c r="B114" t="s">
+        <v>50</v>
+      </c>
+      <c r="C114" t="s">
+        <v>51</v>
+      </c>
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" t="s">
+        <v>19</v>
+      </c>
+      <c r="F114">
+        <v>1.2</v>
+      </c>
+      <c r="G114">
+        <v>600</v>
+      </c>
+      <c r="H114" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115">
+        <v>126</v>
+      </c>
+      <c r="B115" t="s">
+        <v>28</v>
+      </c>
+      <c r="C115" t="s">
+        <v>29</v>
+      </c>
+      <c r="D115" t="s">
+        <v>10</v>
+      </c>
+      <c r="E115" t="s">
+        <v>19</v>
+      </c>
+      <c r="F115">
+        <v>0.5</v>
+      </c>
+      <c r="G115">
+        <v>250</v>
+      </c>
+      <c r="H115" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116">
+        <v>127</v>
+      </c>
+      <c r="B116" t="s">
+        <v>50</v>
+      </c>
+      <c r="C116" t="s">
+        <v>51</v>
+      </c>
+      <c r="D116" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" t="s">
+        <v>11</v>
+      </c>
+      <c r="F116">
+        <v>3.9</v>
+      </c>
+      <c r="G116">
+        <v>5850</v>
+      </c>
+      <c r="H116" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117">
+        <v>124</v>
+      </c>
+      <c r="B117" t="s">
+        <v>113</v>
+      </c>
+      <c r="C117" t="s">
+        <v>114</v>
+      </c>
+      <c r="D117" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" t="s">
+        <v>49</v>
+      </c>
+      <c r="F117">
+        <v>2.6</v>
+      </c>
+      <c r="G117">
+        <v>15600</v>
+      </c>
+      <c r="H117" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118">
+        <v>125</v>
+      </c>
+      <c r="B118" t="s">
+        <v>28</v>
+      </c>
+      <c r="C118" t="s">
+        <v>29</v>
+      </c>
+      <c r="D118" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" t="s">
+        <v>11</v>
+      </c>
+      <c r="F118">
+        <v>0.8</v>
+      </c>
+      <c r="G118">
+        <v>1200</v>
+      </c>
+      <c r="H118" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119">
+        <v>122</v>
+      </c>
+      <c r="B119" t="s">
+        <v>31</v>
+      </c>
+      <c r="C119" t="s">
+        <v>32</v>
+      </c>
+      <c r="D119" t="s">
+        <v>10</v>
+      </c>
+      <c r="E119" t="s">
+        <v>11</v>
+      </c>
+      <c r="F119">
+        <v>1.5</v>
+      </c>
+      <c r="G119">
+        <v>2250</v>
+      </c>
+      <c r="H119" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120">
+        <v>123</v>
+      </c>
+      <c r="B120" t="s">
+        <v>113</v>
+      </c>
+      <c r="C120" t="s">
+        <v>114</v>
+      </c>
+      <c r="D120" t="s">
+        <v>10</v>
+      </c>
+      <c r="E120" t="s">
+        <v>11</v>
+      </c>
+      <c r="F120">
+        <v>3.5</v>
+      </c>
+      <c r="G120">
+        <v>5250</v>
+      </c>
+      <c r="H120" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121">
+        <v>119</v>
+      </c>
+      <c r="B121" t="s">
+        <v>31</v>
+      </c>
+      <c r="C121" t="s">
+        <v>32</v>
+      </c>
+      <c r="D121" t="s">
+        <v>10</v>
+      </c>
+      <c r="E121" t="s">
+        <v>22</v>
+      </c>
+      <c r="F121">
+        <v>6.6</v>
+      </c>
+      <c r="G121">
+        <v>11220</v>
+      </c>
+      <c r="H121" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122">
+        <v>120</v>
+      </c>
+      <c r="B122" t="s">
+        <v>31</v>
+      </c>
+      <c r="C122" t="s">
+        <v>32</v>
+      </c>
+      <c r="D122" t="s">
+        <v>10</v>
+      </c>
+      <c r="E122" t="s">
+        <v>19</v>
+      </c>
+      <c r="F122">
+        <v>1.7</v>
+      </c>
+      <c r="G122">
+        <v>850</v>
+      </c>
+      <c r="H122" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123">
+        <v>121</v>
+      </c>
+      <c r="B123" t="s">
+        <v>31</v>
+      </c>
+      <c r="C123" t="s">
+        <v>32</v>
+      </c>
+      <c r="D123" t="s">
+        <v>10</v>
+      </c>
+      <c r="E123" t="s">
+        <v>98</v>
+      </c>
+      <c r="F123">
+        <v>2.2</v>
+      </c>
+      <c r="G123">
+        <v>7040</v>
+      </c>
+      <c r="H123" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124">
+        <v>118</v>
+      </c>
+      <c r="B124" t="s">
+        <v>24</v>
+      </c>
+      <c r="C124" t="s">
+        <v>25</v>
+      </c>
+      <c r="D124" t="s">
+        <v>10</v>
+      </c>
+      <c r="E124" t="s">
+        <v>101</v>
+      </c>
+      <c r="F124">
+        <v>0.9</v>
+      </c>
+      <c r="G124">
+        <v>9000</v>
+      </c>
+      <c r="H124" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125">
+        <v>115</v>
+      </c>
+      <c r="B125" t="s">
+        <v>24</v>
+      </c>
+      <c r="C125" t="s">
+        <v>25</v>
+      </c>
+      <c r="D125" t="s">
+        <v>10</v>
+      </c>
+      <c r="E125" t="s">
+        <v>49</v>
+      </c>
+      <c r="F125">
+        <v>1.2</v>
+      </c>
+      <c r="G125">
+        <v>7200</v>
+      </c>
+      <c r="H125" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126">
+        <v>116</v>
+      </c>
+      <c r="B126" t="s">
+        <v>24</v>
+      </c>
+      <c r="C126" t="s">
+        <v>25</v>
+      </c>
+      <c r="D126" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" t="s">
+        <v>22</v>
+      </c>
+      <c r="F126">
+        <v>0.3</v>
+      </c>
+      <c r="G126">
+        <v>510</v>
+      </c>
+      <c r="H126" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127">
+        <v>113</v>
+      </c>
+      <c r="B127" t="s">
+        <v>24</v>
+      </c>
+      <c r="C127" t="s">
+        <v>25</v>
+      </c>
+      <c r="D127" t="s">
+        <v>10</v>
+      </c>
+      <c r="E127" t="s">
+        <v>27</v>
+      </c>
+      <c r="F127">
+        <v>42.0</v>
+      </c>
+      <c r="G127">
+        <v>4200</v>
+      </c>
+      <c r="H127" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128">
+        <v>114</v>
+      </c>
+      <c r="B128" t="s">
+        <v>24</v>
+      </c>
+      <c r="C128" t="s">
+        <v>25</v>
+      </c>
+      <c r="D128" t="s">
+        <v>10</v>
+      </c>
+      <c r="E128" t="s">
+        <v>40</v>
+      </c>
+      <c r="F128">
+        <v>0.8</v>
+      </c>
+      <c r="G128">
+        <v>80</v>
+      </c>
+      <c r="H128" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129">
+        <v>111</v>
+      </c>
+      <c r="B129" t="s">
+        <v>24</v>
+      </c>
+      <c r="C129" t="s">
+        <v>25</v>
+      </c>
+      <c r="D129" t="s">
+        <v>10</v>
+      </c>
+      <c r="E129" t="s">
+        <v>11</v>
+      </c>
+      <c r="F129">
+        <v>7.0</v>
+      </c>
+      <c r="G129">
+        <v>10500</v>
+      </c>
+      <c r="H129" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130">
+        <v>112</v>
+      </c>
+      <c r="B130" t="s">
+        <v>24</v>
+      </c>
+      <c r="C130" t="s">
+        <v>25</v>
+      </c>
+      <c r="D130" t="s">
+        <v>10</v>
+      </c>
+      <c r="E130" t="s">
+        <v>14</v>
+      </c>
+      <c r="F130">
+        <v>11.5</v>
+      </c>
+      <c r="G130">
+        <v>34500</v>
+      </c>
+      <c r="H130" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131">
+        <v>110</v>
+      </c>
+      <c r="B131" t="s">
+        <v>122</v>
+      </c>
+      <c r="C131" t="s">
+        <v>123</v>
+      </c>
+      <c r="D131" t="s">
+        <v>10</v>
+      </c>
+      <c r="E131" t="s">
+        <v>124</v>
+      </c>
+      <c r="F131">
+        <v>1.0</v>
+      </c>
+      <c r="G131">
+        <v>10000</v>
+      </c>
+      <c r="H131" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132">
+        <v>108</v>
+      </c>
+      <c r="B132" t="s">
+        <v>122</v>
+      </c>
+      <c r="C132" t="s">
+        <v>123</v>
+      </c>
+      <c r="D132" t="s">
+        <v>10</v>
+      </c>
+      <c r="E132" t="s">
+        <v>11</v>
+      </c>
+      <c r="F132">
+        <v>2.6</v>
+      </c>
+      <c r="G132">
+        <v>3900</v>
+      </c>
+      <c r="H132" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133">
+        <v>109</v>
+      </c>
+      <c r="B133" t="s">
+        <v>122</v>
+      </c>
+      <c r="C133" t="s">
+        <v>123</v>
+      </c>
+      <c r="D133" t="s">
+        <v>10</v>
+      </c>
+      <c r="E133" t="s">
+        <v>21</v>
+      </c>
+      <c r="F133">
+        <v>6.6</v>
+      </c>
+      <c r="G133">
+        <v>6600</v>
+      </c>
+      <c r="H133" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134">
+        <v>107</v>
+      </c>
+      <c r="B134" t="s">
+        <v>122</v>
+      </c>
+      <c r="C134" t="s">
+        <v>123</v>
+      </c>
+      <c r="D134" t="s">
+        <v>10</v>
+      </c>
+      <c r="E134" t="s">
+        <v>19</v>
+      </c>
+      <c r="F134">
+        <v>2.0</v>
+      </c>
+      <c r="G134">
+        <v>1000</v>
+      </c>
+      <c r="H134" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135">
+        <v>165</v>
+      </c>
+      <c r="B135" t="s">
+        <v>128</v>
+      </c>
+      <c r="C135" t="s">
+        <v>129</v>
+      </c>
+      <c r="D135" t="s">
+        <v>10</v>
+      </c>
+      <c r="E135" t="s">
+        <v>27</v>
+      </c>
+      <c r="F135">
+        <v>7.0</v>
+      </c>
+      <c r="G135">
+        <v>700</v>
+      </c>
+      <c r="H135" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136">
+        <v>162</v>
+      </c>
+      <c r="B136" t="s">
+        <v>128</v>
+      </c>
+      <c r="C136" t="s">
+        <v>129</v>
+      </c>
+      <c r="D136" t="s">
+        <v>10</v>
+      </c>
+      <c r="E136" t="s">
+        <v>40</v>
+      </c>
+      <c r="F136">
+        <v>19.4</v>
+      </c>
+      <c r="G136">
+        <v>1939</v>
+      </c>
+      <c r="H136" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137">
+        <v>163</v>
+      </c>
+      <c r="B137" t="s">
+        <v>128</v>
+      </c>
+      <c r="C137" t="s">
+        <v>129</v>
+      </c>
+      <c r="D137" t="s">
+        <v>10</v>
+      </c>
+      <c r="E137" t="s">
+        <v>22</v>
+      </c>
+      <c r="F137">
+        <v>4.5</v>
+      </c>
+      <c r="G137">
+        <v>7650</v>
+      </c>
+      <c r="H137" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138">
+        <v>164</v>
+      </c>
+      <c r="B138" t="s">
+        <v>128</v>
+      </c>
+      <c r="C138" t="s">
+        <v>129</v>
+      </c>
+      <c r="D138" t="s">
+        <v>10</v>
+      </c>
+      <c r="E138" t="s">
+        <v>19</v>
+      </c>
+      <c r="F138">
+        <v>5.0</v>
+      </c>
+      <c r="G138">
+        <v>2500</v>
+      </c>
+      <c r="H138" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139">
+        <v>160</v>
+      </c>
+      <c r="B139" t="s">
+        <v>128</v>
+      </c>
+      <c r="C139" t="s">
+        <v>129</v>
+      </c>
+      <c r="D139" t="s">
+        <v>10</v>
+      </c>
+      <c r="E139" t="s">
+        <v>11</v>
+      </c>
+      <c r="F139">
+        <v>9.7</v>
+      </c>
+      <c r="G139">
+        <v>14549</v>
+      </c>
+      <c r="H139" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140">
+        <v>161</v>
+      </c>
+      <c r="B140" t="s">
+        <v>128</v>
+      </c>
+      <c r="C140" t="s">
+        <v>129</v>
+      </c>
+      <c r="D140" t="s">
+        <v>10</v>
+      </c>
+      <c r="E140" t="s">
+        <v>19</v>
+      </c>
+      <c r="F140">
+        <v>0.2</v>
+      </c>
+      <c r="G140">
+        <v>100</v>
+      </c>
+      <c r="H140" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141">
+        <v>157</v>
+      </c>
+      <c r="B141" t="s">
+        <v>61</v>
+      </c>
+      <c r="C141" t="s">
+        <v>62</v>
+      </c>
+      <c r="D141" t="s">
+        <v>10</v>
+      </c>
+      <c r="E141" t="s">
+        <v>101</v>
+      </c>
+      <c r="F141">
+        <v>0.8</v>
+      </c>
+      <c r="G141">
+        <v>8000</v>
+      </c>
+      <c r="H141" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142">
+        <v>158</v>
+      </c>
+      <c r="B142" t="s">
+        <v>61</v>
+      </c>
+      <c r="C142" t="s">
+        <v>62</v>
+      </c>
+      <c r="D142" t="s">
+        <v>10</v>
+      </c>
+      <c r="E142" t="s">
+        <v>67</v>
+      </c>
+      <c r="F142">
+        <v>0.5</v>
+      </c>
+      <c r="G142">
+        <v>687</v>
+      </c>
+      <c r="H142" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143">
+        <v>159</v>
+      </c>
+      <c r="B143" t="s">
+        <v>61</v>
+      </c>
+      <c r="C143" t="s">
+        <v>62</v>
+      </c>
+      <c r="D143" t="s">
+        <v>10</v>
+      </c>
+      <c r="E143" t="s">
+        <v>40</v>
+      </c>
+      <c r="F143">
+        <v>1.0</v>
+      </c>
+      <c r="G143">
+        <v>100</v>
+      </c>
+      <c r="H143" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144">
+        <v>156</v>
+      </c>
+      <c r="B144" t="s">
+        <v>61</v>
+      </c>
+      <c r="C144" t="s">
+        <v>62</v>
+      </c>
+      <c r="D144" t="s">
+        <v>10</v>
+      </c>
+      <c r="E144" t="s">
+        <v>11</v>
+      </c>
+      <c r="F144">
+        <v>1.2</v>
+      </c>
+      <c r="G144">
+        <v>1800</v>
+      </c>
+      <c r="H144" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145">
+        <v>154</v>
+      </c>
+      <c r="B145" t="s">
+        <v>34</v>
+      </c>
+      <c r="C145" t="s">
+        <v>35</v>
+      </c>
+      <c r="D145" t="s">
+        <v>10</v>
+      </c>
+      <c r="E145" t="s">
+        <v>11</v>
+      </c>
+      <c r="F145">
+        <v>3.7</v>
+      </c>
+      <c r="G145">
+        <v>5550</v>
+      </c>
+      <c r="H145" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146">
+        <v>155</v>
+      </c>
+      <c r="B146" t="s">
+        <v>34</v>
+      </c>
+      <c r="C146" t="s">
+        <v>35</v>
+      </c>
+      <c r="D146" t="s">
+        <v>10</v>
+      </c>
+      <c r="E146" t="s">
+        <v>22</v>
+      </c>
+      <c r="F146">
+        <v>0.3</v>
+      </c>
+      <c r="G146">
+        <v>510</v>
+      </c>
+      <c r="H146" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147">
+        <v>152</v>
+      </c>
+      <c r="B147" t="s">
+        <v>34</v>
+      </c>
+      <c r="C147" t="s">
+        <v>35</v>
+      </c>
+      <c r="D147" t="s">
+        <v>10</v>
+      </c>
+      <c r="E147" t="s">
+        <v>19</v>
+      </c>
+      <c r="F147">
+        <v>1.0</v>
+      </c>
+      <c r="G147">
+        <v>500</v>
+      </c>
+      <c r="H147" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148">
+        <v>153</v>
+      </c>
+      <c r="B148" t="s">
+        <v>34</v>
+      </c>
+      <c r="C148" t="s">
+        <v>35</v>
+      </c>
+      <c r="D148" t="s">
+        <v>10</v>
+      </c>
+      <c r="E148" t="s">
+        <v>40</v>
+      </c>
+      <c r="F148">
+        <v>0.9</v>
+      </c>
+      <c r="G148">
+        <v>90</v>
+      </c>
+      <c r="H148" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149">
+        <v>151</v>
+      </c>
+      <c r="B149" t="s">
+        <v>34</v>
+      </c>
+      <c r="C149" t="s">
+        <v>35</v>
+      </c>
+      <c r="D149" t="s">
+        <v>10</v>
+      </c>
+      <c r="E149" t="s">
+        <v>41</v>
+      </c>
+      <c r="F149">
+        <v>5.5</v>
+      </c>
+      <c r="G149">
+        <v>2750</v>
+      </c>
+      <c r="H149" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150">
+        <v>106</v>
+      </c>
+      <c r="B150" t="s">
+        <v>50</v>
+      </c>
+      <c r="C150" t="s">
+        <v>51</v>
+      </c>
+      <c r="D150" t="s">
+        <v>10</v>
+      </c>
+      <c r="E150" t="s">
+        <v>46</v>
+      </c>
+      <c r="F150">
+        <v>10.0</v>
+      </c>
+      <c r="G150">
+        <v>14000</v>
+      </c>
+      <c r="H150" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151">
+        <v>105</v>
+      </c>
+      <c r="B151" t="s">
+        <v>28</v>
+      </c>
+      <c r="C151" t="s">
+        <v>29</v>
+      </c>
+      <c r="D151" t="s">
+        <v>10</v>
+      </c>
+      <c r="E151" t="s">
+        <v>11</v>
+      </c>
+      <c r="F151">
+        <v>3.0</v>
+      </c>
+      <c r="G151">
+        <v>4500</v>
+      </c>
+      <c r="H151" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152">
+        <v>103</v>
+      </c>
+      <c r="B152" t="s">
+        <v>28</v>
+      </c>
+      <c r="C152" t="s">
+        <v>29</v>
+      </c>
+      <c r="D152" t="s">
+        <v>10</v>
+      </c>
+      <c r="E152" t="s">
+        <v>98</v>
+      </c>
+      <c r="F152">
+        <v>2.5</v>
+      </c>
+      <c r="G152">
+        <v>8000</v>
+      </c>
+      <c r="H152" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153">
+        <v>104</v>
+      </c>
+      <c r="B153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C153" t="s">
+        <v>29</v>
+      </c>
+      <c r="D153" t="s">
+        <v>10</v>
+      </c>
+      <c r="E153" t="s">
+        <v>27</v>
+      </c>
+      <c r="F153">
+        <v>4.0</v>
+      </c>
+      <c r="G153">
+        <v>400</v>
+      </c>
+      <c r="H153" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154">
+        <v>102</v>
+      </c>
+      <c r="B154" t="s">
+        <v>28</v>
+      </c>
+      <c r="C154" t="s">
+        <v>29</v>
+      </c>
+      <c r="D154" t="s">
+        <v>10</v>
+      </c>
+      <c r="E154" t="s">
+        <v>101</v>
+      </c>
+      <c r="F154">
+        <v>1.6</v>
+      </c>
+      <c r="G154">
+        <v>17600</v>
+      </c>
+      <c r="H154" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155">
+        <v>101</v>
+      </c>
+      <c r="B155" t="s">
+        <v>142</v>
+      </c>
+      <c r="C155" t="s">
+        <v>143</v>
+      </c>
+      <c r="D155" t="s">
+        <v>10</v>
+      </c>
+      <c r="E155" t="s">
+        <v>49</v>
+      </c>
+      <c r="F155">
+        <v>13.0</v>
+      </c>
+      <c r="G155">
+        <v>78000</v>
+      </c>
+      <c r="H155" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156">
+        <v>99</v>
+      </c>
+      <c r="B156" t="s">
+        <v>44</v>
+      </c>
+      <c r="C156" t="s">
+        <v>45</v>
+      </c>
+      <c r="D156" t="s">
+        <v>10</v>
+      </c>
+      <c r="E156" t="s">
+        <v>40</v>
+      </c>
+      <c r="F156">
+        <v>2.0</v>
+      </c>
+      <c r="G156">
+        <v>200</v>
+      </c>
+      <c r="H156" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157">
+        <v>100</v>
+      </c>
+      <c r="B157" t="s">
+        <v>44</v>
+      </c>
+      <c r="C157" t="s">
+        <v>45</v>
+      </c>
+      <c r="D157" t="s">
+        <v>10</v>
+      </c>
+      <c r="E157" t="s">
+        <v>49</v>
+      </c>
+      <c r="F157">
+        <v>1.1</v>
+      </c>
+      <c r="G157">
+        <v>6600</v>
+      </c>
+      <c r="H157" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158">
+        <v>97</v>
+      </c>
+      <c r="B158" t="s">
+        <v>44</v>
+      </c>
+      <c r="C158" t="s">
+        <v>45</v>
+      </c>
+      <c r="D158" t="s">
+        <v>10</v>
+      </c>
+      <c r="E158" t="s">
+        <v>21</v>
+      </c>
+      <c r="F158">
+        <v>9.0</v>
+      </c>
+      <c r="G158">
+        <v>9000</v>
+      </c>
+      <c r="H158" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159">
+        <v>98</v>
+      </c>
+      <c r="B159" t="s">
+        <v>44</v>
+      </c>
+      <c r="C159" t="s">
+        <v>45</v>
+      </c>
+      <c r="D159" t="s">
+        <v>10</v>
+      </c>
+      <c r="E159" t="s">
+        <v>27</v>
+      </c>
+      <c r="F159">
+        <v>6.0</v>
+      </c>
+      <c r="G159">
+        <v>600</v>
+      </c>
+      <c r="H159" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160">
+        <v>95</v>
+      </c>
+      <c r="B160" t="s">
+        <v>44</v>
+      </c>
+      <c r="C160" t="s">
+        <v>45</v>
+      </c>
+      <c r="D160" t="s">
+        <v>10</v>
+      </c>
+      <c r="E160" t="s">
+        <v>11</v>
+      </c>
+      <c r="F160">
+        <v>1.8</v>
+      </c>
+      <c r="G160">
+        <v>2700</v>
+      </c>
+      <c r="H160" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161">
+        <v>96</v>
+      </c>
+      <c r="B161" t="s">
+        <v>44</v>
+      </c>
+      <c r="C161" t="s">
+        <v>45</v>
+      </c>
+      <c r="D161" t="s">
+        <v>10</v>
+      </c>
+      <c r="E161" t="s">
+        <v>22</v>
+      </c>
+      <c r="F161">
+        <v>0.7</v>
+      </c>
+      <c r="G161">
+        <v>1190</v>
+      </c>
+      <c r="H161" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162">
+        <v>93</v>
+      </c>
+      <c r="B162" t="s">
+        <v>113</v>
+      </c>
+      <c r="C162" t="s">
+        <v>114</v>
+      </c>
+      <c r="D162" t="s">
+        <v>10</v>
+      </c>
+      <c r="E162" t="s">
+        <v>11</v>
+      </c>
+      <c r="F162">
+        <v>17.0</v>
+      </c>
+      <c r="G162">
+        <v>25500</v>
+      </c>
+      <c r="H162" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163">
+        <v>94</v>
+      </c>
+      <c r="B163" t="s">
+        <v>113</v>
+      </c>
+      <c r="C163" t="s">
+        <v>114</v>
+      </c>
+      <c r="D163" t="s">
+        <v>10</v>
+      </c>
+      <c r="E163" t="s">
+        <v>22</v>
+      </c>
+      <c r="F163">
+        <v>15.0</v>
+      </c>
+      <c r="G163">
+        <v>25500</v>
+      </c>
+      <c r="H163" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164">
+        <v>91</v>
+      </c>
+      <c r="B164" t="s">
+        <v>113</v>
+      </c>
+      <c r="C164" t="s">
+        <v>114</v>
+      </c>
+      <c r="D164" t="s">
+        <v>10</v>
+      </c>
+      <c r="E164" t="s">
+        <v>14</v>
+      </c>
+      <c r="F164">
+        <v>4.5</v>
+      </c>
+      <c r="G164">
+        <v>13500</v>
+      </c>
+      <c r="H164" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165">
+        <v>92</v>
+      </c>
+      <c r="B165" t="s">
+        <v>113</v>
+      </c>
+      <c r="C165" t="s">
+        <v>114</v>
+      </c>
+      <c r="D165" t="s">
+        <v>10</v>
+      </c>
+      <c r="E165" t="s">
+        <v>17</v>
+      </c>
+      <c r="F165">
+        <v>0.7</v>
+      </c>
+      <c r="G165">
+        <v>210</v>
+      </c>
+      <c r="H165" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166">
+        <v>90</v>
+      </c>
+      <c r="B166" t="s">
+        <v>79</v>
+      </c>
+      <c r="C166" t="s">
+        <v>80</v>
+      </c>
+      <c r="D166" t="s">
+        <v>10</v>
+      </c>
+      <c r="E166" t="s">
+        <v>27</v>
+      </c>
+      <c r="F166">
+        <v>6.0</v>
+      </c>
+      <c r="G166">
+        <v>600</v>
+      </c>
+      <c r="H166" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167">
+        <v>86</v>
+      </c>
+      <c r="B167" t="s">
+        <v>79</v>
+      </c>
+      <c r="C167" t="s">
+        <v>80</v>
+      </c>
+      <c r="D167" t="s">
+        <v>10</v>
+      </c>
+      <c r="E167" t="s">
+        <v>14</v>
+      </c>
+      <c r="F167">
+        <v>3.5</v>
+      </c>
+      <c r="G167">
+        <v>10500</v>
+      </c>
+      <c r="H167" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168">
+        <v>87</v>
+      </c>
+      <c r="B168" t="s">
+        <v>79</v>
+      </c>
+      <c r="C168" t="s">
+        <v>80</v>
+      </c>
+      <c r="D168" t="s">
+        <v>10</v>
+      </c>
+      <c r="E168" t="s">
+        <v>40</v>
+      </c>
+      <c r="F168">
+        <v>3.0</v>
+      </c>
+      <c r="G168">
+        <v>300</v>
+      </c>
+      <c r="H168" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169">
+        <v>88</v>
+      </c>
+      <c r="B169" t="s">
+        <v>79</v>
+      </c>
+      <c r="C169" t="s">
+        <v>80</v>
+      </c>
+      <c r="D169" t="s">
+        <v>10</v>
+      </c>
+      <c r="E169" t="s">
+        <v>11</v>
+      </c>
+      <c r="F169">
+        <v>2.3</v>
+      </c>
+      <c r="G169">
+        <v>3449</v>
+      </c>
+      <c r="H169" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170">
+        <v>84</v>
+      </c>
+      <c r="B170" t="s">
+        <v>79</v>
+      </c>
+      <c r="C170" t="s">
+        <v>80</v>
+      </c>
+      <c r="D170" t="s">
+        <v>10</v>
+      </c>
+      <c r="E170" t="s">
+        <v>22</v>
+      </c>
+      <c r="F170">
+        <v>3.0</v>
+      </c>
+      <c r="G170">
+        <v>5100</v>
+      </c>
+      <c r="H170" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171">
+        <v>85</v>
+      </c>
+      <c r="B171" t="s">
+        <v>79</v>
+      </c>
+      <c r="C171" t="s">
+        <v>80</v>
+      </c>
+      <c r="D171" t="s">
+        <v>10</v>
+      </c>
+      <c r="E171" t="s">
+        <v>41</v>
+      </c>
+      <c r="F171">
+        <v>1.5</v>
+      </c>
+      <c r="G171">
+        <v>750</v>
+      </c>
+      <c r="H171" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172">
+        <v>81</v>
+      </c>
+      <c r="B172" t="s">
+        <v>79</v>
+      </c>
+      <c r="C172" t="s">
+        <v>80</v>
+      </c>
+      <c r="D172" t="s">
+        <v>10</v>
+      </c>
+      <c r="E172" t="s">
+        <v>17</v>
+      </c>
+      <c r="F172">
+        <v>3.0</v>
+      </c>
+      <c r="G172">
+        <v>900</v>
+      </c>
+      <c r="H172" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173">
+        <v>82</v>
+      </c>
+      <c r="B173" t="s">
+        <v>79</v>
+      </c>
+      <c r="C173" t="s">
+        <v>80</v>
+      </c>
+      <c r="D173" t="s">
+        <v>10</v>
+      </c>
+      <c r="E173" t="s">
+        <v>58</v>
+      </c>
+      <c r="F173">
+        <v>5.0</v>
+      </c>
+      <c r="G173">
+        <v>1500</v>
+      </c>
+      <c r="H173" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174">
+        <v>83</v>
+      </c>
+      <c r="B174" t="s">
+        <v>79</v>
+      </c>
+      <c r="C174" t="s">
+        <v>80</v>
+      </c>
+      <c r="D174" t="s">
+        <v>10</v>
+      </c>
+      <c r="E174" t="s">
+        <v>19</v>
+      </c>
+      <c r="F174">
+        <v>2.5</v>
+      </c>
+      <c r="G174">
+        <v>1250</v>
+      </c>
+      <c r="H174" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175">
+        <v>79</v>
+      </c>
+      <c r="B175" t="s">
+        <v>53</v>
+      </c>
+      <c r="C175" t="s">
+        <v>54</v>
+      </c>
+      <c r="D175" t="s">
+        <v>10</v>
+      </c>
+      <c r="E175" t="s">
+        <v>17</v>
+      </c>
+      <c r="F175">
+        <v>2.0</v>
+      </c>
+      <c r="G175">
+        <v>600</v>
+      </c>
+      <c r="H175" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176">
+        <v>80</v>
+      </c>
+      <c r="B176" t="s">
+        <v>53</v>
+      </c>
+      <c r="C176" t="s">
+        <v>54</v>
+      </c>
+      <c r="D176" t="s">
+        <v>10</v>
+      </c>
+      <c r="E176" t="s">
+        <v>11</v>
+      </c>
+      <c r="F176">
+        <v>4.0</v>
+      </c>
+      <c r="G176">
+        <v>6000</v>
+      </c>
+      <c r="H176" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177">
+        <v>77</v>
+      </c>
+      <c r="B177" t="s">
+        <v>53</v>
+      </c>
+      <c r="C177" t="s">
+        <v>54</v>
+      </c>
+      <c r="D177" t="s">
+        <v>10</v>
+      </c>
+      <c r="E177" t="s">
+        <v>19</v>
+      </c>
+      <c r="F177">
+        <v>3.2</v>
+      </c>
+      <c r="G177">
+        <v>1600</v>
+      </c>
+      <c r="H177" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178">
+        <v>78</v>
+      </c>
+      <c r="B178" t="s">
+        <v>53</v>
+      </c>
+      <c r="C178" t="s">
+        <v>54</v>
+      </c>
+      <c r="D178" t="s">
+        <v>10</v>
+      </c>
+      <c r="E178" t="s">
+        <v>40</v>
+      </c>
+      <c r="F178">
+        <v>1.2</v>
+      </c>
+      <c r="G178">
+        <v>120</v>
+      </c>
+      <c r="H178" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179">
+        <v>75</v>
+      </c>
+      <c r="B179" t="s">
+        <v>8</v>
+      </c>
+      <c r="C179" t="s">
+        <v>9</v>
+      </c>
+      <c r="D179" t="s">
+        <v>10</v>
+      </c>
+      <c r="E179" t="s">
+        <v>14</v>
+      </c>
+      <c r="F179">
+        <v>2.0</v>
+      </c>
+      <c r="G179">
+        <v>6000</v>
+      </c>
+      <c r="H179" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180">
+        <v>76</v>
+      </c>
+      <c r="B180" t="s">
+        <v>53</v>
+      </c>
+      <c r="C180" t="s">
+        <v>54</v>
+      </c>
+      <c r="D180" t="s">
+        <v>10</v>
+      </c>
+      <c r="E180" t="s">
+        <v>22</v>
+      </c>
+      <c r="F180">
+        <v>5.4</v>
+      </c>
+      <c r="G180">
+        <v>9180</v>
+      </c>
+      <c r="H180" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181">
+        <v>73</v>
+      </c>
+      <c r="B181" t="s">
+        <v>8</v>
+      </c>
+      <c r="C181" t="s">
+        <v>9</v>
+      </c>
+      <c r="D181" t="s">
+        <v>10</v>
+      </c>
+      <c r="E181" t="s">
+        <v>22</v>
+      </c>
+      <c r="F181">
+        <v>1.6</v>
+      </c>
+      <c r="G181">
+        <v>2720</v>
+      </c>
+      <c r="H181" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182">
+        <v>74</v>
+      </c>
+      <c r="B182" t="s">
+        <v>8</v>
+      </c>
+      <c r="C182" t="s">
+        <v>9</v>
+      </c>
+      <c r="D182" t="s">
+        <v>10</v>
+      </c>
+      <c r="E182" t="s">
+        <v>15</v>
+      </c>
+      <c r="F182">
+        <v>1.5</v>
+      </c>
+      <c r="G182">
+        <v>750</v>
+      </c>
+      <c r="H182" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183">
+        <v>71</v>
+      </c>
+      <c r="B183" t="s">
+        <v>8</v>
+      </c>
+      <c r="C183" t="s">
+        <v>9</v>
+      </c>
+      <c r="D183" t="s">
+        <v>10</v>
+      </c>
+      <c r="E183" t="s">
+        <v>41</v>
+      </c>
+      <c r="F183">
+        <v>4.0</v>
+      </c>
+      <c r="G183">
+        <v>2000</v>
+      </c>
+      <c r="H183" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184">
+        <v>72</v>
+      </c>
+      <c r="B184" t="s">
+        <v>8</v>
+      </c>
+      <c r="C184" t="s">
+        <v>9</v>
+      </c>
+      <c r="D184" t="s">
+        <v>10</v>
+      </c>
+      <c r="E184" t="s">
+        <v>19</v>
+      </c>
+      <c r="F184">
+        <v>1.2</v>
+      </c>
+      <c r="G184">
+        <v>600</v>
+      </c>
+      <c r="H184" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185">
+        <v>70</v>
+      </c>
+      <c r="B185" t="s">
+        <v>8</v>
+      </c>
+      <c r="C185" t="s">
+        <v>9</v>
+      </c>
+      <c r="D185" t="s">
+        <v>10</v>
+      </c>
+      <c r="E185" t="s">
+        <v>11</v>
+      </c>
+      <c r="F185">
+        <v>4.0</v>
+      </c>
+      <c r="G185">
+        <v>6000</v>
+      </c>
+      <c r="H185" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186">
+        <v>67</v>
+      </c>
+      <c r="B186" t="s">
+        <v>50</v>
+      </c>
+      <c r="C186" t="s">
+        <v>51</v>
+      </c>
+      <c r="D186" t="s">
+        <v>10</v>
+      </c>
+      <c r="E186" t="s">
+        <v>49</v>
+      </c>
+      <c r="F186">
+        <v>3.0</v>
+      </c>
+      <c r="G186">
+        <v>18000</v>
+      </c>
+      <c r="H186" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187">
+        <v>68</v>
+      </c>
+      <c r="B187" t="s">
+        <v>50</v>
+      </c>
+      <c r="C187" t="s">
+        <v>51</v>
+      </c>
+      <c r="D187" t="s">
+        <v>10</v>
+      </c>
+      <c r="E187" t="s">
+        <v>124</v>
+      </c>
+      <c r="F187">
+        <v>1.0</v>
+      </c>
+      <c r="G187">
+        <v>10000</v>
+      </c>
+      <c r="H187" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188">
+        <v>64</v>
+      </c>
+      <c r="B188" t="s">
+        <v>50</v>
+      </c>
+      <c r="C188" t="s">
+        <v>51</v>
+      </c>
+      <c r="D188" t="s">
+        <v>10</v>
+      </c>
+      <c r="E188" t="s">
+        <v>67</v>
+      </c>
+      <c r="F188">
+        <v>2.5</v>
+      </c>
+      <c r="G188">
+        <v>3437</v>
+      </c>
+      <c r="H188" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189">
+        <v>65</v>
+      </c>
+      <c r="B189" t="s">
+        <v>50</v>
+      </c>
+      <c r="C189" t="s">
+        <v>51</v>
+      </c>
+      <c r="D189" t="s">
+        <v>10</v>
+      </c>
+      <c r="E189" t="s">
+        <v>19</v>
+      </c>
+      <c r="F189">
+        <v>0.5</v>
+      </c>
+      <c r="G189">
+        <v>250</v>
+      </c>
+      <c r="H189" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190">
+        <v>66</v>
+      </c>
+      <c r="B190" t="s">
+        <v>50</v>
+      </c>
+      <c r="C190" t="s">
+        <v>51</v>
+      </c>
+      <c r="D190" t="s">
+        <v>10</v>
+      </c>
+      <c r="E190" t="s">
+        <v>14</v>
+      </c>
+      <c r="F190">
+        <v>0.5</v>
+      </c>
+      <c r="G190">
+        <v>1500</v>
+      </c>
+      <c r="H190" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191">
+        <v>62</v>
+      </c>
+      <c r="B191" t="s">
+        <v>50</v>
+      </c>
+      <c r="C191" t="s">
+        <v>51</v>
+      </c>
+      <c r="D191" t="s">
+        <v>10</v>
+      </c>
+      <c r="E191" t="s">
+        <v>21</v>
+      </c>
+      <c r="F191">
+        <v>7.0</v>
+      </c>
+      <c r="G191">
+        <v>7000</v>
+      </c>
+      <c r="H191" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192">
+        <v>63</v>
+      </c>
+      <c r="B192" t="s">
+        <v>50</v>
+      </c>
+      <c r="C192" t="s">
+        <v>51</v>
+      </c>
+      <c r="D192" t="s">
+        <v>10</v>
+      </c>
+      <c r="E192" t="s">
+        <v>11</v>
+      </c>
+      <c r="F192">
+        <v>3.8</v>
+      </c>
+      <c r="G192">
+        <v>5700</v>
+      </c>
+      <c r="H192" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193">
+        <v>61</v>
+      </c>
+      <c r="B193" t="s">
+        <v>50</v>
+      </c>
+      <c r="C193" t="s">
+        <v>51</v>
+      </c>
+      <c r="D193" t="s">
+        <v>10</v>
+      </c>
+      <c r="E193" t="s">
+        <v>15</v>
+      </c>
+      <c r="F193">
+        <v>1.0</v>
+      </c>
+      <c r="G193">
+        <v>500</v>
+      </c>
+      <c r="H193" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194">
+        <v>59</v>
+      </c>
+      <c r="B194" t="s">
+        <v>50</v>
+      </c>
+      <c r="C194" t="s">
+        <v>51</v>
+      </c>
+      <c r="D194" t="s">
+        <v>10</v>
+      </c>
+      <c r="E194" t="s">
+        <v>98</v>
+      </c>
+      <c r="F194">
+        <v>6.9</v>
+      </c>
+      <c r="G194">
+        <v>22770</v>
+      </c>
+      <c r="H194" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195">
+        <v>57</v>
+      </c>
+      <c r="B195" t="s">
+        <v>50</v>
+      </c>
+      <c r="C195" t="s">
+        <v>51</v>
+      </c>
+      <c r="D195" t="s">
+        <v>10</v>
+      </c>
+      <c r="E195" t="s">
+        <v>43</v>
+      </c>
+      <c r="F195">
+        <v>1.5</v>
+      </c>
+      <c r="G195">
+        <v>2250</v>
+      </c>
+      <c r="H195" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196">
+        <v>53</v>
+      </c>
+      <c r="B196" t="s">
+        <v>50</v>
+      </c>
+      <c r="C196" t="s">
+        <v>51</v>
+      </c>
+      <c r="D196" t="s">
+        <v>10</v>
+      </c>
+      <c r="E196" t="s">
+        <v>91</v>
+      </c>
+      <c r="F196">
+        <v>0.14</v>
+      </c>
+      <c r="G196">
+        <v>14000</v>
+      </c>
+      <c r="H196" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197">
+        <v>54</v>
+      </c>
+      <c r="B197" t="s">
+        <v>50</v>
+      </c>
+      <c r="C197" t="s">
+        <v>51</v>
+      </c>
+      <c r="D197" t="s">
+        <v>10</v>
+      </c>
+      <c r="E197" t="s">
+        <v>27</v>
+      </c>
+      <c r="F197">
+        <v>2.0</v>
+      </c>
+      <c r="G197">
+        <v>200</v>
+      </c>
+      <c r="H197" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198">
+        <v>55</v>
+      </c>
+      <c r="B198" t="s">
+        <v>50</v>
+      </c>
+      <c r="C198" t="s">
+        <v>51</v>
+      </c>
+      <c r="D198" t="s">
+        <v>10</v>
+      </c>
+      <c r="E198" t="s">
+        <v>40</v>
+      </c>
+      <c r="F198">
+        <v>1.0</v>
+      </c>
+      <c r="G198">
+        <v>100</v>
+      </c>
+      <c r="H198" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199">
+        <v>51</v>
+      </c>
+      <c r="B199" t="s">
+        <v>31</v>
+      </c>
+      <c r="C199" t="s">
+        <v>32</v>
+      </c>
+      <c r="D199" t="s">
+        <v>10</v>
+      </c>
+      <c r="E199" t="s">
+        <v>11</v>
+      </c>
+      <c r="F199">
+        <v>2.0</v>
+      </c>
+      <c r="G199">
+        <v>3000</v>
+      </c>
+      <c r="H199" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200">
+        <v>52</v>
+      </c>
+      <c r="B200" t="s">
+        <v>31</v>
+      </c>
+      <c r="C200" t="s">
+        <v>32</v>
+      </c>
+      <c r="D200" t="s">
+        <v>10</v>
+      </c>
+      <c r="E200" t="s">
+        <v>22</v>
+      </c>
+      <c r="F200">
+        <v>7.0</v>
+      </c>
+      <c r="G200">
+        <v>11900</v>
+      </c>
+      <c r="H200" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201">
+        <v>50</v>
+      </c>
+      <c r="B201" t="s">
+        <v>34</v>
+      </c>
+      <c r="C201" t="s">
+        <v>35</v>
+      </c>
+      <c r="D201" t="s">
+        <v>10</v>
+      </c>
+      <c r="E201" t="s">
+        <v>13</v>
+      </c>
+      <c r="F201">
+        <v>0.2</v>
+      </c>
+      <c r="G201">
+        <v>200</v>
+      </c>
+      <c r="H201" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202">
+        <v>48</v>
+      </c>
+      <c r="B202" t="s">
+        <v>34</v>
+      </c>
+      <c r="C202" t="s">
+        <v>35</v>
+      </c>
+      <c r="D202" t="s">
+        <v>10</v>
+      </c>
+      <c r="E202" t="s">
+        <v>11</v>
+      </c>
+      <c r="F202">
+        <v>5.1</v>
+      </c>
+      <c r="G202">
+        <v>7649</v>
+      </c>
+      <c r="H202" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203">
+        <v>49</v>
+      </c>
+      <c r="B203" t="s">
+        <v>34</v>
+      </c>
+      <c r="C203" t="s">
+        <v>35</v>
+      </c>
+      <c r="D203" t="s">
+        <v>10</v>
+      </c>
+      <c r="E203" t="s">
+        <v>41</v>
+      </c>
+      <c r="F203">
+        <v>1.0</v>
+      </c>
+      <c r="G203">
+        <v>500</v>
+      </c>
+      <c r="H203" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204">
+        <v>47</v>
+      </c>
+      <c r="B204" t="s">
+        <v>34</v>
+      </c>
+      <c r="C204" t="s">
+        <v>35</v>
+      </c>
+      <c r="D204" t="s">
+        <v>10</v>
+      </c>
+      <c r="E204" t="s">
+        <v>19</v>
+      </c>
+      <c r="F204">
+        <v>0.8</v>
+      </c>
+      <c r="G204">
+        <v>400</v>
+      </c>
+      <c r="H204" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205">
+        <v>46</v>
+      </c>
+      <c r="B205" t="s">
+        <v>34</v>
+      </c>
+      <c r="C205" t="s">
+        <v>35</v>
+      </c>
+      <c r="D205" t="s">
+        <v>10</v>
+      </c>
+      <c r="E205" t="s">
+        <v>22</v>
+      </c>
+      <c r="F205">
+        <v>6.7</v>
+      </c>
+      <c r="G205">
+        <v>11390</v>
+      </c>
+      <c r="H205" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206">
+        <v>45</v>
+      </c>
+      <c r="B206" t="s">
+        <v>172</v>
+      </c>
+      <c r="C206" t="s">
+        <v>173</v>
+      </c>
+      <c r="D206" t="s">
+        <v>174</v>
+      </c>
+      <c r="E206" t="s">
+        <v>91</v>
+      </c>
+      <c r="F206">
+        <v>5.0</v>
+      </c>
+      <c r="G206">
+        <v>25000</v>
+      </c>
+      <c r="H206" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207">
+        <v>19</v>
+      </c>
+      <c r="B207" t="s">
+        <v>176</v>
+      </c>
+      <c r="C207" t="s">
+        <v>177</v>
+      </c>
+      <c r="D207" t="s">
+        <v>174</v>
+      </c>
+      <c r="E207" t="s">
+        <v>91</v>
+      </c>
+      <c r="F207">
+        <v>2.5</v>
+      </c>
+      <c r="G207">
+        <v>12500</v>
+      </c>
+      <c r="H207" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208">
+        <v>17</v>
+      </c>
+      <c r="B208" t="s">
+        <v>34</v>
+      </c>
+      <c r="C208" t="s">
+        <v>35</v>
+      </c>
+      <c r="D208" t="s">
+        <v>10</v>
+      </c>
+      <c r="E208" t="s">
+        <v>98</v>
+      </c>
+      <c r="F208">
+        <v>3.0</v>
+      </c>
+      <c r="G208">
+        <v>9600</v>
+      </c>
+      <c r="H208" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209">
+        <v>14</v>
+      </c>
+      <c r="B209" t="s">
+        <v>122</v>
+      </c>
+      <c r="C209" t="s">
+        <v>123</v>
+      </c>
+      <c r="D209" t="s">
+        <v>10</v>
+      </c>
+      <c r="E209" t="s">
+        <v>98</v>
+      </c>
+      <c r="F209">
+        <v>10.0</v>
+      </c>
+      <c r="G209">
+        <v>32000</v>
+      </c>
+      <c r="H209" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210">
+        <v>12</v>
+      </c>
+      <c r="B210" t="s">
+        <v>24</v>
+      </c>
+      <c r="C210" t="s">
+        <v>25</v>
+      </c>
+      <c r="D210" t="s">
+        <v>10</v>
+      </c>
+      <c r="E210" t="s">
+        <v>14</v>
+      </c>
+      <c r="F210">
+        <v>1.0</v>
+      </c>
+      <c r="G210">
+        <v>3000</v>
+      </c>
+      <c r="H210" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211">
+        <v>13</v>
+      </c>
+      <c r="B211" t="s">
+        <v>24</v>
+      </c>
+      <c r="C211" t="s">
+        <v>25</v>
+      </c>
+      <c r="D211" t="s">
+        <v>10</v>
+      </c>
+      <c r="E211" t="s">
+        <v>182</v>
+      </c>
+      <c r="F211">
+        <v>0.3</v>
+      </c>
+      <c r="G211">
+        <v>450</v>
+      </c>
+      <c r="H211" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212">
+        <v>7</v>
+      </c>
+      <c r="B212" t="s">
+        <v>122</v>
+      </c>
+      <c r="C212" t="s">
+        <v>123</v>
+      </c>
+      <c r="D212" t="s">
+        <v>10</v>
+      </c>
+      <c r="E212" t="s">
+        <v>22</v>
+      </c>
+      <c r="F212">
+        <v>20.5</v>
+      </c>
+      <c r="G212">
+        <v>34850</v>
+      </c>
+      <c r="H212" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213">
+        <v>6</v>
+      </c>
+      <c r="B213" t="s">
+        <v>122</v>
+      </c>
+      <c r="C213" t="s">
+        <v>123</v>
+      </c>
+      <c r="D213" t="s">
+        <v>10</v>
+      </c>
+      <c r="E213" t="s">
+        <v>182</v>
+      </c>
+      <c r="F213">
+        <v>1.9</v>
+      </c>
+      <c r="G213">
+        <v>2850</v>
+      </c>
+      <c r="H213" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214">
+        <v>44</v>
+      </c>
+      <c r="B214" t="s">
+        <v>64</v>
+      </c>
+      <c r="C214" t="s">
+        <v>65</v>
+      </c>
+      <c r="D214" t="s">
+        <v>10</v>
+      </c>
+      <c r="E214" t="s">
+        <v>11</v>
+      </c>
+      <c r="F214">
+        <v>2.4</v>
+      </c>
+      <c r="G214">
+        <v>3600</v>
+      </c>
+      <c r="H214" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215">
+        <v>43</v>
+      </c>
+      <c r="B215" t="s">
+        <v>64</v>
+      </c>
+      <c r="C215" t="s">
+        <v>65</v>
+      </c>
+      <c r="D215" t="s">
+        <v>10</v>
+      </c>
+      <c r="E215" t="s">
+        <v>49</v>
+      </c>
+      <c r="F215">
+        <v>2.4</v>
+      </c>
+      <c r="G215">
+        <v>14400</v>
+      </c>
+      <c r="H215" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216">
+        <v>41</v>
+      </c>
+      <c r="B216" t="s">
+        <v>64</v>
+      </c>
+      <c r="C216" t="s">
+        <v>65</v>
+      </c>
+      <c r="D216" t="s">
+        <v>10</v>
+      </c>
+      <c r="E216" t="s">
+        <v>101</v>
+      </c>
+      <c r="F216">
+        <v>0.5</v>
+      </c>
+      <c r="G216">
+        <v>5500</v>
+      </c>
+      <c r="H216" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217">
+        <v>40</v>
+      </c>
+      <c r="B217" t="s">
+        <v>79</v>
+      </c>
+      <c r="C217" t="s">
+        <v>80</v>
+      </c>
+      <c r="D217" t="s">
+        <v>10</v>
+      </c>
+      <c r="E217" t="s">
+        <v>101</v>
+      </c>
+      <c r="F217">
+        <v>0.5</v>
+      </c>
+      <c r="G217">
+        <v>5500</v>
+      </c>
+      <c r="H217" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218">
+        <v>39</v>
+      </c>
+      <c r="B218" t="s">
+        <v>79</v>
+      </c>
+      <c r="C218" t="s">
+        <v>80</v>
+      </c>
+      <c r="D218" t="s">
+        <v>10</v>
+      </c>
+      <c r="E218" t="s">
+        <v>19</v>
+      </c>
+      <c r="F218">
+        <v>0.8</v>
+      </c>
+      <c r="G218">
+        <v>400</v>
+      </c>
+      <c r="H218" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219">
+        <v>37</v>
+      </c>
+      <c r="B219" t="s">
+        <v>79</v>
+      </c>
+      <c r="C219" t="s">
+        <v>80</v>
+      </c>
+      <c r="D219" t="s">
+        <v>10</v>
+      </c>
+      <c r="E219" t="s">
+        <v>67</v>
+      </c>
+      <c r="F219">
+        <v>2.2</v>
+      </c>
+      <c r="G219">
+        <v>3025</v>
+      </c>
+      <c r="H219" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220">
+        <v>38</v>
+      </c>
+      <c r="B220" t="s">
+        <v>79</v>
+      </c>
+      <c r="C220" t="s">
+        <v>80</v>
+      </c>
+      <c r="D220" t="s">
+        <v>10</v>
+      </c>
+      <c r="E220" t="s">
+        <v>21</v>
+      </c>
+      <c r="F220">
+        <v>1.0</v>
+      </c>
+      <c r="G220">
+        <v>1000</v>
+      </c>
+      <c r="H220" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221">
+        <v>36</v>
+      </c>
+      <c r="B221" t="s">
+        <v>79</v>
+      </c>
+      <c r="C221" t="s">
+        <v>80</v>
+      </c>
+      <c r="D221" t="s">
+        <v>10</v>
+      </c>
+      <c r="E221" t="s">
+        <v>11</v>
+      </c>
+      <c r="F221">
+        <v>6.0</v>
+      </c>
+      <c r="G221">
+        <v>9000</v>
+      </c>
+      <c r="H221" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222">
+        <v>34</v>
+      </c>
+      <c r="B222" t="s">
+        <v>192</v>
+      </c>
+      <c r="C222" t="s">
+        <v>193</v>
+      </c>
+      <c r="D222" t="s">
+        <v>10</v>
+      </c>
+      <c r="E222" t="s">
+        <v>11</v>
+      </c>
+      <c r="F222">
+        <v>2.8</v>
+      </c>
+      <c r="G222">
+        <v>4200</v>
+      </c>
+      <c r="H222" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223">
+        <v>35</v>
+      </c>
+      <c r="B223" t="s">
+        <v>192</v>
+      </c>
+      <c r="C223" t="s">
+        <v>193</v>
+      </c>
+      <c r="D223" t="s">
+        <v>10</v>
+      </c>
+      <c r="E223" t="s">
+        <v>17</v>
+      </c>
+      <c r="F223">
+        <v>2.8</v>
+      </c>
+      <c r="G223">
+        <v>840</v>
+      </c>
+      <c r="H223" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224">
+        <v>33</v>
+      </c>
+      <c r="B224" t="s">
+        <v>73</v>
+      </c>
+      <c r="C224" t="s">
+        <v>74</v>
+      </c>
+      <c r="D224" t="s">
+        <v>10</v>
+      </c>
+      <c r="E224" t="s">
+        <v>21</v>
+      </c>
+      <c r="F224">
+        <v>13.2</v>
+      </c>
+      <c r="G224">
+        <v>13200</v>
+      </c>
+      <c r="H224" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225">
+        <v>32</v>
+      </c>
+      <c r="B225" t="s">
+        <v>73</v>
+      </c>
+      <c r="C225" t="s">
+        <v>74</v>
+      </c>
+      <c r="D225" t="s">
+        <v>10</v>
+      </c>
+      <c r="E225" t="s">
+        <v>19</v>
+      </c>
+      <c r="F225">
+        <v>3.7</v>
+      </c>
+      <c r="G225">
+        <v>1850</v>
+      </c>
+      <c r="H225" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226">
+        <v>30</v>
+      </c>
+      <c r="B226" t="s">
+        <v>53</v>
+      </c>
+      <c r="C226" t="s">
+        <v>54</v>
+      </c>
+      <c r="D226" t="s">
+        <v>10</v>
+      </c>
+      <c r="E226" t="s">
+        <v>101</v>
+      </c>
+      <c r="F226">
+        <v>1.0</v>
+      </c>
+      <c r="G226">
+        <v>11000</v>
+      </c>
+      <c r="H226" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227">
+        <v>31</v>
+      </c>
+      <c r="B227" t="s">
+        <v>53</v>
+      </c>
+      <c r="C227" t="s">
+        <v>54</v>
+      </c>
+      <c r="D227" t="s">
+        <v>10</v>
+      </c>
+      <c r="E227" t="s">
+        <v>98</v>
+      </c>
+      <c r="F227">
+        <v>4.0</v>
+      </c>
+      <c r="G227">
+        <v>12800</v>
+      </c>
+      <c r="H227" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228">
+        <v>29</v>
+      </c>
+      <c r="B228" t="s">
+        <v>53</v>
+      </c>
+      <c r="C228" t="s">
+        <v>54</v>
+      </c>
+      <c r="D228" t="s">
+        <v>10</v>
+      </c>
+      <c r="E228" t="s">
+        <v>41</v>
+      </c>
+      <c r="F228">
+        <v>1.9</v>
+      </c>
+      <c r="G228">
+        <v>950</v>
+      </c>
+      <c r="H228" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229">
+        <v>27</v>
+      </c>
+      <c r="B229" t="s">
+        <v>8</v>
+      </c>
+      <c r="C229" t="s">
+        <v>9</v>
+      </c>
+      <c r="D229" t="s">
+        <v>10</v>
+      </c>
+      <c r="E229" t="s">
+        <v>19</v>
+      </c>
+      <c r="F229">
+        <v>1.6</v>
+      </c>
+      <c r="G229">
+        <v>800</v>
+      </c>
+      <c r="H229" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230">
+        <v>28</v>
+      </c>
+      <c r="B230" t="s">
+        <v>8</v>
+      </c>
+      <c r="C230" t="s">
+        <v>9</v>
+      </c>
+      <c r="D230" t="s">
+        <v>10</v>
+      </c>
+      <c r="E230" t="s">
+        <v>17</v>
+      </c>
+      <c r="F230">
+        <v>0.3</v>
+      </c>
+      <c r="G230">
+        <v>90</v>
+      </c>
+      <c r="H230" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231">
+        <v>25</v>
+      </c>
+      <c r="B231" t="s">
+        <v>8</v>
+      </c>
+      <c r="C231" t="s">
+        <v>9</v>
+      </c>
+      <c r="D231" t="s">
+        <v>10</v>
+      </c>
+      <c r="E231" t="s">
+        <v>101</v>
+      </c>
+      <c r="F231">
+        <v>0.5</v>
+      </c>
+      <c r="G231">
+        <v>5500</v>
+      </c>
+      <c r="H231" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232">
+        <v>26</v>
+      </c>
+      <c r="B232" t="s">
+        <v>8</v>
+      </c>
+      <c r="C232" t="s">
+        <v>9</v>
+      </c>
+      <c r="D232" t="s">
+        <v>10</v>
+      </c>
+      <c r="E232" t="s">
+        <v>98</v>
+      </c>
+      <c r="F232">
+        <v>1.3</v>
+      </c>
+      <c r="G232">
+        <v>4160</v>
+      </c>
+      <c r="H232" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233">
+        <v>24</v>
+      </c>
+      <c r="B233" t="s">
+        <v>8</v>
+      </c>
+      <c r="C233" t="s">
+        <v>9</v>
+      </c>
+      <c r="D233" t="s">
+        <v>10</v>
+      </c>
+      <c r="E233" t="s">
+        <v>22</v>
+      </c>
+      <c r="F233">
+        <v>2.3</v>
+      </c>
+      <c r="G233">
+        <v>3909</v>
+      </c>
+      <c r="H233" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234">
+        <v>23</v>
+      </c>
+      <c r="B234" t="s">
+        <v>8</v>
+      </c>
+      <c r="C234" t="s">
+        <v>9</v>
+      </c>
+      <c r="D234" t="s">
+        <v>10</v>
+      </c>
+      <c r="E234" t="s">
+        <v>40</v>
+      </c>
+      <c r="F234">
+        <v>0.4</v>
+      </c>
+      <c r="G234">
+        <v>40</v>
+      </c>
+      <c r="H234" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235">
+        <v>22</v>
+      </c>
+      <c r="B235" t="s">
+        <v>8</v>
+      </c>
+      <c r="C235" t="s">
+        <v>9</v>
+      </c>
+      <c r="D235" t="s">
+        <v>10</v>
+      </c>
+      <c r="E235" t="s">
+        <v>182</v>
+      </c>
+      <c r="F235">
+        <v>3.3</v>
+      </c>
+      <c r="G235">
+        <v>4950</v>
+      </c>
+      <c r="H235" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236">
+        <v>21</v>
+      </c>
+      <c r="B236" t="s">
+        <v>34</v>
+      </c>
+      <c r="C236" t="s">
+        <v>35</v>
+      </c>
+      <c r="D236" t="s">
+        <v>10</v>
+      </c>
+      <c r="E236" t="s">
+        <v>19</v>
+      </c>
+      <c r="F236">
+        <v>1.3</v>
+      </c>
+      <c r="G236">
+        <v>650</v>
+      </c>
+      <c r="H236" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237">
         <v>20</v>
       </c>
-      <c r="B89" t="s">
-[...11 lines deleted...]
-      <c r="F89">
+      <c r="B237" t="s">
+        <v>34</v>
+      </c>
+      <c r="C237" t="s">
+        <v>35</v>
+      </c>
+      <c r="D237" t="s">
+        <v>10</v>
+      </c>
+      <c r="E237" t="s">
+        <v>67</v>
+      </c>
+      <c r="F237">
         <v>0.8</v>
       </c>
-      <c r="G89">
+      <c r="G237">
         <v>1100</v>
       </c>
-      <c r="H89" t="s">
-[...13 lines deleted...]
-      <c r="G91" s="1"/>
+      <c r="H237" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238">
+        <v>178</v>
+      </c>
+      <c r="B238" t="s">
+        <v>206</v>
+      </c>
+      <c r="C238" t="s">
+        <v>207</v>
+      </c>
+      <c r="D238" t="s">
+        <v>174</v>
+      </c>
+      <c r="E238" t="s">
+        <v>22</v>
+      </c>
+      <c r="F238">
+        <v>1.6</v>
+      </c>
+      <c r="G238">
+        <v>2000</v>
+      </c>
+      <c r="H238" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239">
+        <v>219</v>
+      </c>
+      <c r="B239" t="s">
+        <v>209</v>
+      </c>
+      <c r="C239" t="s">
+        <v>210</v>
+      </c>
+      <c r="D239" t="s">
+        <v>174</v>
+      </c>
+      <c r="E239" t="s">
+        <v>67</v>
+      </c>
+      <c r="F239">
+        <v>0.5</v>
+      </c>
+      <c r="G239">
+        <v>750</v>
+      </c>
+      <c r="H239" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240">
+        <v>218</v>
+      </c>
+      <c r="B240" t="s">
+        <v>209</v>
+      </c>
+      <c r="C240" t="s">
+        <v>210</v>
+      </c>
+      <c r="D240" t="s">
+        <v>174</v>
+      </c>
+      <c r="E240" t="s">
+        <v>14</v>
+      </c>
+      <c r="F240">
+        <v>2.0</v>
+      </c>
+      <c r="G240">
+        <v>6000</v>
+      </c>
+      <c r="H240" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241">
+        <v>217</v>
+      </c>
+      <c r="B241" t="s">
+        <v>209</v>
+      </c>
+      <c r="C241" t="s">
+        <v>210</v>
+      </c>
+      <c r="D241" t="s">
+        <v>174</v>
+      </c>
+      <c r="E241" t="s">
+        <v>213</v>
+      </c>
+      <c r="F241">
+        <v>5.0</v>
+      </c>
+      <c r="G241">
+        <v>5000</v>
+      </c>
+      <c r="H241" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242">
+        <v>216</v>
+      </c>
+      <c r="B242" t="s">
+        <v>209</v>
+      </c>
+      <c r="C242" t="s">
+        <v>210</v>
+      </c>
+      <c r="D242" t="s">
+        <v>174</v>
+      </c>
+      <c r="E242" t="s">
+        <v>37</v>
+      </c>
+      <c r="F242">
+        <v>2.0</v>
+      </c>
+      <c r="G242">
+        <v>3200</v>
+      </c>
+      <c r="H242" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243">
+        <v>215</v>
+      </c>
+      <c r="B243" t="s">
+        <v>209</v>
+      </c>
+      <c r="C243" t="s">
+        <v>210</v>
+      </c>
+      <c r="D243" t="s">
+        <v>174</v>
+      </c>
+      <c r="E243" t="s">
+        <v>11</v>
+      </c>
+      <c r="F243">
+        <v>5.0</v>
+      </c>
+      <c r="G243">
+        <v>7500</v>
+      </c>
+      <c r="H243" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244">
+        <v>213</v>
+      </c>
+      <c r="B244" t="s">
+        <v>217</v>
+      </c>
+      <c r="C244" t="s">
+        <v>218</v>
+      </c>
+      <c r="D244" t="s">
+        <v>174</v>
+      </c>
+      <c r="E244" t="s">
+        <v>19</v>
+      </c>
+      <c r="F244">
+        <v>5.0</v>
+      </c>
+      <c r="G244">
+        <v>2500</v>
+      </c>
+      <c r="H244" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245">
+        <v>214</v>
+      </c>
+      <c r="B245" t="s">
+        <v>217</v>
+      </c>
+      <c r="C245" t="s">
+        <v>218</v>
+      </c>
+      <c r="D245" t="s">
+        <v>174</v>
+      </c>
+      <c r="E245" t="s">
+        <v>40</v>
+      </c>
+      <c r="F245">
+        <v>0.5</v>
+      </c>
+      <c r="G245">
+        <v>50</v>
+      </c>
+      <c r="H245" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246">
+        <v>212</v>
+      </c>
+      <c r="B246" t="s">
+        <v>217</v>
+      </c>
+      <c r="C246" t="s">
+        <v>218</v>
+      </c>
+      <c r="D246" t="s">
+        <v>174</v>
+      </c>
+      <c r="E246" t="s">
+        <v>220</v>
+      </c>
+      <c r="F246">
+        <v>1.5</v>
+      </c>
+      <c r="G246">
+        <v>750</v>
+      </c>
+      <c r="H246" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247">
+        <v>210</v>
+      </c>
+      <c r="B247" t="s">
+        <v>217</v>
+      </c>
+      <c r="C247" t="s">
+        <v>218</v>
+      </c>
+      <c r="D247" t="s">
+        <v>174</v>
+      </c>
+      <c r="E247" t="s">
+        <v>67</v>
+      </c>
+      <c r="F247">
+        <v>2.8</v>
+      </c>
+      <c r="G247">
+        <v>4200</v>
+      </c>
+      <c r="H247" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248">
+        <v>211</v>
+      </c>
+      <c r="B248" t="s">
+        <v>217</v>
+      </c>
+      <c r="C248" t="s">
+        <v>218</v>
+      </c>
+      <c r="D248" t="s">
+        <v>174</v>
+      </c>
+      <c r="E248" t="s">
+        <v>11</v>
+      </c>
+      <c r="F248">
+        <v>1.8</v>
+      </c>
+      <c r="G248">
+        <v>2700</v>
+      </c>
+      <c r="H248" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249">
+        <v>208</v>
+      </c>
+      <c r="B249" t="s">
+        <v>217</v>
+      </c>
+      <c r="C249" t="s">
+        <v>218</v>
+      </c>
+      <c r="D249" t="s">
+        <v>174</v>
+      </c>
+      <c r="E249" t="s">
+        <v>22</v>
+      </c>
+      <c r="F249">
+        <v>9.0</v>
+      </c>
+      <c r="G249">
+        <v>11250</v>
+      </c>
+      <c r="H249" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250">
+        <v>209</v>
+      </c>
+      <c r="B250" t="s">
+        <v>217</v>
+      </c>
+      <c r="C250" t="s">
+        <v>218</v>
+      </c>
+      <c r="D250" t="s">
+        <v>174</v>
+      </c>
+      <c r="E250" t="s">
+        <v>14</v>
+      </c>
+      <c r="F250">
+        <v>1.0</v>
+      </c>
+      <c r="G250">
+        <v>3000</v>
+      </c>
+      <c r="H250" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251">
+        <v>206</v>
+      </c>
+      <c r="B251" t="s">
+        <v>217</v>
+      </c>
+      <c r="C251" t="s">
+        <v>218</v>
+      </c>
+      <c r="D251" t="s">
+        <v>174</v>
+      </c>
+      <c r="E251" t="s">
+        <v>21</v>
+      </c>
+      <c r="F251">
+        <v>2.5</v>
+      </c>
+      <c r="G251">
+        <v>2500</v>
+      </c>
+      <c r="H251" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252">
+        <v>207</v>
+      </c>
+      <c r="B252" t="s">
+        <v>217</v>
+      </c>
+      <c r="C252" t="s">
+        <v>218</v>
+      </c>
+      <c r="D252" t="s">
+        <v>174</v>
+      </c>
+      <c r="E252" t="s">
+        <v>37</v>
+      </c>
+      <c r="F252">
+        <v>4.0</v>
+      </c>
+      <c r="G252">
+        <v>6400</v>
+      </c>
+      <c r="H252" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253">
+        <v>205</v>
+      </c>
+      <c r="B253" t="s">
+        <v>225</v>
+      </c>
+      <c r="C253" t="s">
+        <v>226</v>
+      </c>
+      <c r="D253" t="s">
+        <v>174</v>
+      </c>
+      <c r="E253" t="s">
+        <v>11</v>
+      </c>
+      <c r="F253">
+        <v>0.7</v>
+      </c>
+      <c r="G253">
+        <v>1050</v>
+      </c>
+      <c r="H253" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254">
+        <v>203</v>
+      </c>
+      <c r="B254" t="s">
+        <v>225</v>
+      </c>
+      <c r="C254" t="s">
+        <v>226</v>
+      </c>
+      <c r="D254" t="s">
+        <v>174</v>
+      </c>
+      <c r="E254" t="s">
+        <v>17</v>
+      </c>
+      <c r="F254">
+        <v>5.0</v>
+      </c>
+      <c r="G254">
+        <v>1500</v>
+      </c>
+      <c r="H254" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255">
+        <v>204</v>
+      </c>
+      <c r="B255" t="s">
+        <v>225</v>
+      </c>
+      <c r="C255" t="s">
+        <v>226</v>
+      </c>
+      <c r="D255" t="s">
+        <v>174</v>
+      </c>
+      <c r="E255" t="s">
+        <v>19</v>
+      </c>
+      <c r="F255">
+        <v>2.3</v>
+      </c>
+      <c r="G255">
+        <v>1150</v>
+      </c>
+      <c r="H255" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256">
+        <v>201</v>
+      </c>
+      <c r="B256" t="s">
+        <v>225</v>
+      </c>
+      <c r="C256" t="s">
+        <v>226</v>
+      </c>
+      <c r="D256" t="s">
+        <v>174</v>
+      </c>
+      <c r="E256" t="s">
+        <v>22</v>
+      </c>
+      <c r="F256">
+        <v>1.0</v>
+      </c>
+      <c r="G256">
+        <v>1250</v>
+      </c>
+      <c r="H256" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257">
+        <v>199</v>
+      </c>
+      <c r="B257" t="s">
+        <v>225</v>
+      </c>
+      <c r="C257" t="s">
+        <v>226</v>
+      </c>
+      <c r="D257" t="s">
+        <v>174</v>
+      </c>
+      <c r="E257" t="s">
+        <v>49</v>
+      </c>
+      <c r="F257">
+        <v>0.9</v>
+      </c>
+      <c r="G257">
+        <v>5400</v>
+      </c>
+      <c r="H257" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258">
+        <v>195</v>
+      </c>
+      <c r="B258" t="s">
+        <v>225</v>
+      </c>
+      <c r="C258" t="s">
+        <v>226</v>
+      </c>
+      <c r="D258" t="s">
+        <v>174</v>
+      </c>
+      <c r="E258" t="s">
+        <v>41</v>
+      </c>
+      <c r="F258">
+        <v>3.6</v>
+      </c>
+      <c r="G258">
+        <v>1800</v>
+      </c>
+      <c r="H258" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259">
+        <v>194</v>
+      </c>
+      <c r="B259" t="s">
+        <v>232</v>
+      </c>
+      <c r="C259" t="s">
+        <v>233</v>
+      </c>
+      <c r="D259" t="s">
+        <v>174</v>
+      </c>
+      <c r="E259" t="s">
+        <v>17</v>
+      </c>
+      <c r="F259">
+        <v>1.4</v>
+      </c>
+      <c r="G259">
+        <v>420</v>
+      </c>
+      <c r="H259" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260">
+        <v>188</v>
+      </c>
+      <c r="B260" t="s">
+        <v>232</v>
+      </c>
+      <c r="C260" t="s">
+        <v>233</v>
+      </c>
+      <c r="D260" t="s">
+        <v>174</v>
+      </c>
+      <c r="E260" t="s">
+        <v>11</v>
+      </c>
+      <c r="F260">
+        <v>3.4</v>
+      </c>
+      <c r="G260">
+        <v>5100</v>
+      </c>
+      <c r="H260" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261">
+        <v>186</v>
+      </c>
+      <c r="B261" t="s">
+        <v>232</v>
+      </c>
+      <c r="C261" t="s">
+        <v>233</v>
+      </c>
+      <c r="D261" t="s">
+        <v>174</v>
+      </c>
+      <c r="E261" t="s">
+        <v>19</v>
+      </c>
+      <c r="F261">
+        <v>1.6</v>
+      </c>
+      <c r="G261">
+        <v>800</v>
+      </c>
+      <c r="H261" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262">
+        <v>187</v>
+      </c>
+      <c r="B262" t="s">
+        <v>232</v>
+      </c>
+      <c r="C262" t="s">
+        <v>233</v>
+      </c>
+      <c r="D262" t="s">
+        <v>174</v>
+      </c>
+      <c r="E262" t="s">
+        <v>22</v>
+      </c>
+      <c r="F262">
+        <v>1.5</v>
+      </c>
+      <c r="G262">
+        <v>1875</v>
+      </c>
+      <c r="H262" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263">
+        <v>185</v>
+      </c>
+      <c r="B263" t="s">
+        <v>232</v>
+      </c>
+      <c r="C263" t="s">
+        <v>233</v>
+      </c>
+      <c r="D263" t="s">
+        <v>174</v>
+      </c>
+      <c r="E263" t="s">
+        <v>11</v>
+      </c>
+      <c r="F263">
+        <v>1.9</v>
+      </c>
+      <c r="G263">
+        <v>2850</v>
+      </c>
+      <c r="H263" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264">
+        <v>184</v>
+      </c>
+      <c r="B264" t="s">
+        <v>232</v>
+      </c>
+      <c r="C264" t="s">
+        <v>233</v>
+      </c>
+      <c r="D264" t="s">
+        <v>174</v>
+      </c>
+      <c r="E264" t="s">
+        <v>67</v>
+      </c>
+      <c r="F264">
+        <v>0.7</v>
+      </c>
+      <c r="G264">
+        <v>1050</v>
+      </c>
+      <c r="H264" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265">
+        <v>182</v>
+      </c>
+      <c r="B265" t="s">
+        <v>232</v>
+      </c>
+      <c r="C265" t="s">
+        <v>233</v>
+      </c>
+      <c r="D265" t="s">
+        <v>174</v>
+      </c>
+      <c r="E265" t="s">
+        <v>101</v>
+      </c>
+      <c r="F265">
+        <v>1.0</v>
+      </c>
+      <c r="G265">
+        <v>5000</v>
+      </c>
+      <c r="H265" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266">
+        <v>183</v>
+      </c>
+      <c r="B266" t="s">
+        <v>232</v>
+      </c>
+      <c r="C266" t="s">
+        <v>233</v>
+      </c>
+      <c r="D266" t="s">
+        <v>174</v>
+      </c>
+      <c r="E266" t="s">
+        <v>14</v>
+      </c>
+      <c r="F266">
+        <v>3.2</v>
+      </c>
+      <c r="G266">
+        <v>9600</v>
+      </c>
+      <c r="H266" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267">
+        <v>181</v>
+      </c>
+      <c r="B267" t="s">
+        <v>232</v>
+      </c>
+      <c r="C267" t="s">
+        <v>233</v>
+      </c>
+      <c r="D267" t="s">
+        <v>174</v>
+      </c>
+      <c r="E267" t="s">
+        <v>49</v>
+      </c>
+      <c r="F267">
+        <v>2.0</v>
+      </c>
+      <c r="G267">
+        <v>12000</v>
+      </c>
+      <c r="H267" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268">
+        <v>180</v>
+      </c>
+      <c r="B268" t="s">
+        <v>206</v>
+      </c>
+      <c r="C268" t="s">
+        <v>207</v>
+      </c>
+      <c r="D268" t="s">
+        <v>174</v>
+      </c>
+      <c r="E268" t="s">
+        <v>46</v>
+      </c>
+      <c r="F268">
+        <v>4.9</v>
+      </c>
+      <c r="G268">
+        <v>6860</v>
+      </c>
+      <c r="H268" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269">
+        <v>179</v>
+      </c>
+      <c r="B269" t="s">
+        <v>206</v>
+      </c>
+      <c r="C269" t="s">
+        <v>207</v>
+      </c>
+      <c r="D269" t="s">
+        <v>174</v>
+      </c>
+      <c r="E269" t="s">
+        <v>19</v>
+      </c>
+      <c r="F269">
+        <v>1.6</v>
+      </c>
+      <c r="G269">
+        <v>800</v>
+      </c>
+      <c r="H269" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270">
+        <v>177</v>
+      </c>
+      <c r="B270" t="s">
+        <v>206</v>
+      </c>
+      <c r="C270" t="s">
+        <v>207</v>
+      </c>
+      <c r="D270" t="s">
+        <v>174</v>
+      </c>
+      <c r="E270" t="s">
+        <v>49</v>
+      </c>
+      <c r="F270">
+        <v>1.8</v>
+      </c>
+      <c r="G270">
+        <v>10800</v>
+      </c>
+      <c r="H270" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271">
+        <v>174</v>
+      </c>
+      <c r="B271" t="s">
+        <v>206</v>
+      </c>
+      <c r="C271" t="s">
+        <v>207</v>
+      </c>
+      <c r="D271" t="s">
+        <v>174</v>
+      </c>
+      <c r="E271" t="s">
+        <v>17</v>
+      </c>
+      <c r="F271">
+        <v>4.0</v>
+      </c>
+      <c r="G271">
+        <v>1200</v>
+      </c>
+      <c r="H271" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272">
+        <v>175</v>
+      </c>
+      <c r="B272" t="s">
+        <v>206</v>
+      </c>
+      <c r="C272" t="s">
+        <v>207</v>
+      </c>
+      <c r="D272" t="s">
+        <v>174</v>
+      </c>
+      <c r="E272" t="s">
+        <v>11</v>
+      </c>
+      <c r="F272">
+        <v>2.3</v>
+      </c>
+      <c r="G272">
+        <v>3449</v>
+      </c>
+      <c r="H272" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273">
+        <v>202</v>
+      </c>
+      <c r="B273" t="s">
+        <v>245</v>
+      </c>
+      <c r="C273" t="s">
+        <v>246</v>
+      </c>
+      <c r="D273" t="s">
+        <v>247</v>
+      </c>
+      <c r="E273" t="s">
+        <v>22</v>
+      </c>
+      <c r="F273">
+        <v>15.7</v>
+      </c>
+      <c r="G273">
+        <v>28181</v>
+      </c>
+      <c r="H273" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274">
+        <v>200</v>
+      </c>
+      <c r="B274" t="s">
+        <v>245</v>
+      </c>
+      <c r="C274" t="s">
+        <v>246</v>
+      </c>
+      <c r="D274" t="s">
+        <v>247</v>
+      </c>
+      <c r="E274" t="s">
+        <v>11</v>
+      </c>
+      <c r="F274">
+        <v>6.0</v>
+      </c>
+      <c r="G274">
+        <v>8100</v>
+      </c>
+      <c r="H274" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275">
+        <v>196</v>
+      </c>
+      <c r="B275" t="s">
+        <v>245</v>
+      </c>
+      <c r="C275" t="s">
+        <v>246</v>
+      </c>
+      <c r="D275" t="s">
+        <v>247</v>
+      </c>
+      <c r="E275" t="s">
+        <v>27</v>
+      </c>
+      <c r="F275">
+        <v>1.0</v>
+      </c>
+      <c r="G275">
+        <v>600</v>
+      </c>
+      <c r="H275" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276">
+        <v>197</v>
+      </c>
+      <c r="B276" t="s">
+        <v>245</v>
+      </c>
+      <c r="C276" t="s">
+        <v>246</v>
+      </c>
+      <c r="D276" t="s">
+        <v>247</v>
+      </c>
+      <c r="E276" t="s">
+        <v>67</v>
+      </c>
+      <c r="F276">
+        <v>1.6</v>
+      </c>
+      <c r="G276">
+        <v>2500</v>
+      </c>
+      <c r="H276" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277">
+        <v>192</v>
+      </c>
+      <c r="B277" t="s">
+        <v>245</v>
+      </c>
+      <c r="C277" t="s">
+        <v>246</v>
+      </c>
+      <c r="D277" t="s">
+        <v>247</v>
+      </c>
+      <c r="E277" t="s">
+        <v>19</v>
+      </c>
+      <c r="F277">
+        <v>1.8</v>
+      </c>
+      <c r="G277">
+        <v>900</v>
+      </c>
+      <c r="H277" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278">
+        <v>193</v>
+      </c>
+      <c r="B278" t="s">
+        <v>245</v>
+      </c>
+      <c r="C278" t="s">
+        <v>246</v>
+      </c>
+      <c r="D278" t="s">
+        <v>247</v>
+      </c>
+      <c r="E278" t="s">
+        <v>40</v>
+      </c>
+      <c r="F278">
+        <v>3.0</v>
+      </c>
+      <c r="G278">
+        <v>300</v>
+      </c>
+      <c r="H278" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279">
+        <v>191</v>
+      </c>
+      <c r="B279" t="s">
+        <v>245</v>
+      </c>
+      <c r="C279" t="s">
+        <v>246</v>
+      </c>
+      <c r="D279" t="s">
+        <v>247</v>
+      </c>
+      <c r="E279" t="s">
+        <v>49</v>
+      </c>
+      <c r="F279">
+        <v>2.2</v>
+      </c>
+      <c r="G279">
+        <v>11000</v>
+      </c>
+      <c r="H279" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280">
+        <v>190</v>
+      </c>
+      <c r="B280" t="s">
+        <v>245</v>
+      </c>
+      <c r="C280" t="s">
+        <v>246</v>
+      </c>
+      <c r="D280" t="s">
+        <v>247</v>
+      </c>
+      <c r="E280" t="s">
+        <v>14</v>
+      </c>
+      <c r="F280">
+        <v>7.0</v>
+      </c>
+      <c r="G280">
+        <v>23100</v>
+      </c>
+      <c r="H280" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281">
+        <v>176</v>
+      </c>
+      <c r="B281" t="s">
+        <v>254</v>
+      </c>
+      <c r="C281" t="s">
+        <v>255</v>
+      </c>
+      <c r="D281" t="s">
+        <v>247</v>
+      </c>
+      <c r="E281" t="s">
+        <v>22</v>
+      </c>
+      <c r="F281">
+        <v>0.7</v>
+      </c>
+      <c r="G281">
+        <v>1197</v>
+      </c>
+      <c r="H281" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282">
+        <v>172</v>
+      </c>
+      <c r="B282" t="s">
+        <v>254</v>
+      </c>
+      <c r="C282" t="s">
+        <v>255</v>
+      </c>
+      <c r="D282" t="s">
+        <v>247</v>
+      </c>
+      <c r="E282" t="s">
+        <v>19</v>
+      </c>
+      <c r="F282">
+        <v>3.4</v>
+      </c>
+      <c r="G282">
+        <v>1700</v>
+      </c>
+      <c r="H282" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283">
+        <v>171</v>
+      </c>
+      <c r="B283" t="s">
+        <v>254</v>
+      </c>
+      <c r="C283" t="s">
+        <v>255</v>
+      </c>
+      <c r="D283" t="s">
+        <v>247</v>
+      </c>
+      <c r="E283" t="s">
+        <v>182</v>
+      </c>
+      <c r="F283">
+        <v>3.0</v>
+      </c>
+      <c r="G283">
+        <v>3990</v>
+      </c>
+      <c r="H283" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284">
+        <v>169</v>
+      </c>
+      <c r="B284" t="s">
+        <v>254</v>
+      </c>
+      <c r="C284" t="s">
+        <v>255</v>
+      </c>
+      <c r="D284" t="s">
+        <v>247</v>
+      </c>
+      <c r="E284" t="s">
+        <v>15</v>
+      </c>
+      <c r="F284">
+        <v>1.8</v>
+      </c>
+      <c r="G284">
+        <v>900</v>
+      </c>
+      <c r="H284" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285">
+        <v>170</v>
+      </c>
+      <c r="B285" t="s">
+        <v>254</v>
+      </c>
+      <c r="C285" t="s">
+        <v>255</v>
+      </c>
+      <c r="D285" t="s">
+        <v>247</v>
+      </c>
+      <c r="E285" t="s">
+        <v>17</v>
+      </c>
+      <c r="F285">
+        <v>0.7</v>
+      </c>
+      <c r="G285">
+        <v>210</v>
+      </c>
+      <c r="H285" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286">
+        <v>168</v>
+      </c>
+      <c r="B286" t="s">
+        <v>254</v>
+      </c>
+      <c r="C286" t="s">
+        <v>255</v>
+      </c>
+      <c r="D286" t="s">
+        <v>247</v>
+      </c>
+      <c r="E286" t="s">
+        <v>67</v>
+      </c>
+      <c r="F286">
+        <v>0.4</v>
+      </c>
+      <c r="G286">
+        <v>600</v>
+      </c>
+      <c r="H286" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287">
+        <v>167</v>
+      </c>
+      <c r="B287" t="s">
+        <v>254</v>
+      </c>
+      <c r="C287" t="s">
+        <v>255</v>
+      </c>
+      <c r="D287" t="s">
+        <v>247</v>
+      </c>
+      <c r="E287" t="s">
+        <v>14</v>
+      </c>
+      <c r="F287">
+        <v>1.7</v>
+      </c>
+      <c r="G287">
+        <v>5610</v>
+      </c>
+      <c r="H287" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288">
+        <v>166</v>
+      </c>
+      <c r="B288" t="s">
+        <v>254</v>
+      </c>
+      <c r="C288" t="s">
+        <v>255</v>
+      </c>
+      <c r="D288" t="s">
+        <v>247</v>
+      </c>
+      <c r="E288" t="s">
+        <v>49</v>
+      </c>
+      <c r="F288">
+        <v>1.9</v>
+      </c>
+      <c r="G288">
+        <v>9500</v>
+      </c>
+      <c r="H288" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="F289" t="s">
+        <v>263</v>
+      </c>
+      <c r="G289">
+        <v>1754988</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="F290" s="1"/>
+      <c r="G290" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>